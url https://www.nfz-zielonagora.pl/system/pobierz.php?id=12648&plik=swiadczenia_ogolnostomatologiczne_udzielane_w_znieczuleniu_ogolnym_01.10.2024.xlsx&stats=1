--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -4,69 +4,69 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\p.krol\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.branicka\Desktop\2025\publikacje WWW\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="11460"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="gabinety stomatologiczne" sheetId="1" r:id="rId1"/>
     <sheet name="rozwiązane umowy" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'gabinety stomatologiczne'!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="69">
   <si>
     <t>Nazwa świadczeniodawcy</t>
   </si>
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>Miejscowość</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>ŚWIADCZENIA OGÓLNOSTOMATOLOGICZNE</t>
   </si>
   <si>
     <t>LESZEK CHLAMTACZ PRAKTYKA STOMATOLOGICZNA</t>
   </si>
   <si>
     <t>ul. Główna 2 E</t>
   </si>
   <si>
     <t>65-615</t>
   </si>
   <si>
@@ -211,73 +211,69 @@
     <t>Kod pocztowy</t>
   </si>
   <si>
     <t>66-400</t>
   </si>
   <si>
     <t>Gorzów Wielkopolski</t>
   </si>
   <si>
     <t>Zielona Góra</t>
   </si>
   <si>
     <t>Wielospecjalistyczny Szpital Wojewódzki w Gorzowie Wlkp. spółka z ograniczoną odpowiedzialnością</t>
   </si>
   <si>
     <t>ul. Jana Dekerta 1</t>
   </si>
   <si>
     <t>Racula - Głogowska 13A</t>
   </si>
   <si>
     <t>95-733-11-38</t>
   </si>
   <si>
     <t>66-004</t>
-  </si>
-[...2 lines deleted...]
-W ZNIECZULENIU OGÓLNYM </t>
   </si>
   <si>
     <t>Indywidualna Specjalistyczna Praktyka Stomatologiczna
 "DANADENT" s.c.</t>
   </si>
   <si>
     <t>Uwagi</t>
   </si>
   <si>
-    <t>MEDICKM SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
-[...1 lines deleted...]
-  <si>
     <t>65-032</t>
   </si>
   <si>
-    <t xml:space="preserve">71-398-34-17 500 407 504 </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ul. Fryderyka Chopina 26c </t>
+  </si>
+  <si>
+    <t>MEDICKM spółka z ograniczoną odpowiedzialnością</t>
+  </si>
+  <si>
+    <t>świadczenia ogólnostomatologiczne udzielane w znieczuleniu ogólnym</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -409,142 +405,104 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Normalny 2" xfId="1"/>
   </cellStyles>
   <dxfs count="6">
-    <dxf>
-[...33 lines deleted...]
-    </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
@@ -569,94 +527,129 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color indexed="64"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
-        <top style="thin">
-[...4 lines deleted...]
-        </bottom>
+        <top/>
+        <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabela1" displayName="Tabela1" ref="A1:G4" totalsRowShown="0" headerRowDxfId="0" headerRowBorderDxfId="4" tableBorderDxfId="5" totalsRowBorderDxfId="3">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabela1" displayName="Tabela1" ref="A1:G4" totalsRowShown="0" headerRowDxfId="5" headerRowBorderDxfId="4" tableBorderDxfId="3" totalsRowBorderDxfId="2">
   <autoFilter ref="A1:G4"/>
   <tableColumns count="7">
-    <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="2"/>
-    <tableColumn id="2" name="Nazwa produktu" dataDxfId="1"/>
+    <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="1"/>
+    <tableColumn id="2" name="Nazwa produktu" dataDxfId="0"/>
     <tableColumn id="3" name="Miejsce realizacji świadczeń"/>
     <tableColumn id="4" name="Kod pocztowy"/>
     <tableColumn id="5" name="Miejscowość"/>
     <tableColumn id="6" name="Telefon"/>
     <tableColumn id="7" name="Uwagi"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="gabinety stomatologiczne" altTextSummary="Tabela przedstawia wykaz gabinetów stomatologicznych realizujących zakres świadczenia ogólnostomatologiczne udzielane w znieczuleniu ogólnym, z którymi Narodowy Fundusz Zdrowia ma podpisane umowy. Kolumny w tabeli: Nazwa świadczeniodawcy, nazwa produktu, miejsce realizacji świadczeń, ulica z numerem domu, kod pocztowy, miejscowość, numer telefonu, uwagi."/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -922,358 +915,358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="53.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="21.7109375" customWidth="1"/>
+    <col min="1" max="1" width="53.54296875" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" customWidth="1"/>
+    <col min="3" max="3" width="34.26953125" customWidth="1"/>
+    <col min="4" max="4" width="26.453125" customWidth="1"/>
+    <col min="5" max="5" width="21.7265625" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
-    <col min="7" max="7" width="31.7109375" customWidth="1"/>
+    <col min="7" max="7" width="31.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="13" t="s">
         <v>53</v>
       </c>
       <c r="D1" s="13" t="s">
         <v>54</v>
       </c>
       <c r="E1" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="13" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>58</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>61</v>
       </c>
       <c r="G2" s="10"/>
     </row>
-    <row r="3" spans="1:7" s="5" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="5" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A3" s="9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F3" s="8">
         <v>601566711</v>
       </c>
       <c r="G3" s="11"/>
     </row>
-    <row r="4" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A4" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="B4" s="16" t="s">
-[...8 lines deleted...]
-      <c r="E4" s="17" t="s">
+      <c r="D4" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" s="16" t="s">
         <v>57</v>
       </c>
-      <c r="F4" s="18" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="19"/>
+      <c r="F4" s="17">
+        <v>780097377</v>
+      </c>
+      <c r="G4" s="18"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A2:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="32.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="14.42578125" customWidth="1"/>
+    <col min="1" max="1" width="32.1796875" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" customWidth="1"/>
+    <col min="3" max="3" width="28.26953125" customWidth="1"/>
+    <col min="4" max="4" width="26.453125" customWidth="1"/>
+    <col min="5" max="5" width="14.453125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>