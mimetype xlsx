--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a.glowacka\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.branicka\Desktop\2025\publikacje WWW\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28770" windowHeight="12420"/>
   </bookViews>
   <sheets>
     <sheet name="Fizjoterapia ambulatoryjna" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Fizjoterapia ambulatoryjna'!$A$2:$D$77</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="265">
   <si>
     <t xml:space="preserve">FIZJOTERAPIA AMBULATORYJNA </t>
   </si>
@@ -281,53 +281,50 @@
   <si>
     <t xml:space="preserve">Zakład Rehabilitacji Leczniczej </t>
   </si>
   <si>
     <t>Jasień</t>
   </si>
   <si>
     <t>Okrzei 5</t>
   </si>
   <si>
     <t>68 372 00 88</t>
   </si>
   <si>
     <t>Niepubliczny Zakład Opieki Zdrowotnej Zakład Usług Rehabilitacyjnych Dariusz Szajer</t>
   </si>
   <si>
     <t>Kargowa</t>
   </si>
   <si>
     <t>Kościelna 4</t>
   </si>
   <si>
     <t>68 352 65 83</t>
   </si>
   <si>
-    <t xml:space="preserve">Centrum Rehabilitacji Certo Sp. z o.o. </t>
-[...1 lines deleted...]
-  <si>
     <t>Kłodawa</t>
   </si>
   <si>
     <t>Gorzowska 22</t>
   </si>
   <si>
     <t>795 702 830</t>
   </si>
   <si>
     <t>Nowy Szpital w Kostrzynie nad Odrą Spółka       z ograniczoną odpowiedzialnością</t>
   </si>
   <si>
     <t>Kostrzyn nad Odrą</t>
   </si>
   <si>
     <t>Narutowicza 6</t>
   </si>
   <si>
     <t>41 240 18 83</t>
   </si>
   <si>
     <t>MEDICUS A. Karoń-Sobiczewska i A. Sobiczewski spółka jawna</t>
   </si>
   <si>
     <t>Kardynała. Stefana Wyszyńskiego 23 A</t>
@@ -741,53 +738,50 @@
     <t>Zyty 26</t>
   </si>
   <si>
     <t xml:space="preserve">
 68 329 65 43</t>
   </si>
   <si>
     <t>Zakład Rehabilitacji Maria Ziółkowska</t>
   </si>
   <si>
     <t>Os. Kaszubskie 10</t>
   </si>
   <si>
     <t>68 412 42 07</t>
   </si>
   <si>
     <t xml:space="preserve"> Zakład Fizjoterapii "Artem" spółka cywilna  Agnieszka Patan, Edyta Jasman-Jocz</t>
   </si>
   <si>
     <t>Wyszyńskiego 99</t>
   </si>
   <si>
     <t>68 323 06 58</t>
   </si>
   <si>
-    <t xml:space="preserve"> NZOZ Rehabilitacja s.c. E. Bagińska-Woga, A. Maćkowiak, A. Proskórnicka, M. Wrzyszczyńska</t>
-[...1 lines deleted...]
-  <si>
     <t>Al. Wojska Polskiego 86</t>
   </si>
   <si>
     <t>68 326 59 48</t>
   </si>
   <si>
     <t>ALDEMED CENTRUM MEDYCZNE sp.z o.o.</t>
   </si>
   <si>
     <t>Towarowa 20</t>
   </si>
   <si>
     <t>68 353 06 81                                      68 353 06 00</t>
   </si>
   <si>
     <t>Niepubliczny Zakład Opieki Zdrowotnej Fizjoterapia - Zwierzyń</t>
   </si>
   <si>
     <t>Zwierzyn</t>
   </si>
   <si>
     <t>Wojska Polskiego 58</t>
   </si>
   <si>
     <t>95 761 71 00</t>
@@ -827,103 +821,127 @@
   </si>
   <si>
     <t>Wieniawskiego 3b</t>
   </si>
   <si>
     <t>Szpital Na Wyspie Spółka z ograniczoną odpowiedzialnością</t>
   </si>
   <si>
     <t>Pszenna 2</t>
   </si>
   <si>
     <t>68 475 76 56
 68 475 76 55</t>
   </si>
   <si>
     <t>CENTRUM MEDYCZNE POSTĘPMED SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
   </si>
   <si>
     <t>PZU ZDROWIE SPÓŁKA AKCYJNA</t>
   </si>
   <si>
     <t>Armii Krajowej 50</t>
   </si>
   <si>
     <t>Szpital im. Ryszarda Rzepki Spółka z ograniczoną odpowiedzialnością</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum Medyczne Certo Sp. z o.o. </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NZOZ Rehabilitacja s.c.  A. Maćkowiak, A. Proskórnicka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="7">
+  <fonts count="10">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Czcionka tekstu podstawowego"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="16"/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Czcionka tekstu podstawowego"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Czcionka tekstu podstawowego"/>
       <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Czcionka tekstu podstawowego"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Czcionka tekstu podstawowego"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="17">
     <border>
@@ -1117,346 +1135,361 @@
       <left style="thin">
         <color indexed="62"/>
       </left>
       <right style="thin">
         <color indexed="62"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="62"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="7" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="11" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="13" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="13" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="5" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Normalny 2" xfId="1"/>
     <cellStyle name="Normalny 2 2" xfId="2"/>
     <cellStyle name="Normalny 3" xfId="3"/>
   </cellStyles>
   <dxfs count="7">
     <dxf>
-      <numFmt numFmtId="30" formatCode="@"/>
-[...76 lines deleted...]
-    <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
-        <condense val="0"/>
-        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
-[...2 lines deleted...]
-        <scheme val="none"/>
+        <sz val="12"/>
       </font>
-      <numFmt numFmtId="30" formatCode="@"/>
-[...32 lines deleted...]
-    <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
+        <sz val="12"/>
         <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="47"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="62"/>
         </left>
         <right style="thin">
           <color indexed="62"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="62"/>
+        </left>
+        <right style="thin">
+          <color indexed="62"/>
+        </right>
+        <top style="thin">
+          <color indexed="62"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="62"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="62"/>
+        </left>
+        <right style="thin">
+          <color indexed="62"/>
+        </right>
+        <top style="thin">
+          <color indexed="62"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="62"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="62"/>
+        </left>
+        <right style="thin">
+          <color indexed="62"/>
+        </right>
+        <top style="thin">
+          <color indexed="62"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="62"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="62"/>
+        </right>
+        <top style="thin">
+          <color indexed="62"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="62"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="62"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="62"/>
+        </bottom>
+      </border>
+    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabela1" displayName="Tabela1" ref="A2:D77" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5" tableBorderDxfId="4" headerRowCellStyle="Normalny 2 2" dataCellStyle="Normalny 2 2">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Fizjoterapia_ambulatoryjna" displayName="Fizjoterapia_ambulatoryjna" ref="A2:D77" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0" tableBorderDxfId="6" headerRowCellStyle="Normalny 2 2" dataCellStyle="Normalny 2 2">
   <autoFilter ref="A2:D77"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="3" dataCellStyle="Normalny 2 2"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Telefon" dataDxfId="0" dataCellStyle="Normalny 2 2"/>
+    <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="5" dataCellStyle="Normalny 2 2"/>
+    <tableColumn id="2" name="Miasto" dataDxfId="4" dataCellStyle="Normalny 2 2"/>
+    <tableColumn id="3" name="Ulica" dataDxfId="3" dataCellStyle="Normalny 2 2"/>
+    <tableColumn id="4" name="Telefon" dataDxfId="2" dataCellStyle="Normalny 2 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Fizjoterapia ambulatoryjna" altTextSummary="Tabela przedstawia wykaz świadczeniodawców realizujących świadczenia z zakresu fizjoterapii ambulatoryjnej, z którymi Narodowy Fundusz Zdrowia ma podpisane umowy. Kolumny w tabeli: Nazwa świadczeniodawcy, miasto, ulica z numerem domu, numer telefonu."/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1693,1133 +1726,1140 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="A56" sqref="A56"/>
+      <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="55.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="40" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="40" style="1" customWidth="1"/>
+    <col min="2" max="2" width="23.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="26.42578125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="28" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="55.5" customHeight="1">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:4" s="28" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="31" t="s">
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+    </row>
+    <row r="2" spans="1:4" ht="33" customHeight="1">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="32" t="s">
+      <c r="B2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="32" t="s">
+      <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="32" t="s">
+      <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A3" s="3" t="s">
+    <row r="3" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="4" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A4" s="7" t="s">
+    <row r="4" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A4" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="9" t="s">
+      <c r="C4" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="D4" s="9" t="s">
+      <c r="D4" s="10" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A5" s="7" t="s">
+    <row r="5" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A5" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="8" t="s">
+      <c r="B5" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="9" t="s">
+      <c r="C5" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="9" t="s">
+      <c r="D5" s="10" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="6" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A6" s="3" t="s">
+    <row r="6" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A6" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="8" t="s">
+      <c r="B6" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="9" t="s">
+      <c r="C6" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="9" t="s">
+      <c r="D6" s="10" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="7" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A7" s="10" t="s">
+    <row r="7" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A7" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="5" t="s">
+      <c r="B7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="5" t="s">
+      <c r="C7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="D7" s="6" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="8" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
+    <row r="8" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
       <c r="A8" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="12" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="9" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A9" s="3" t="s">
+    <row r="9" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A9" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="13" t="s">
+      <c r="B9" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="13" t="s">
+      <c r="C9" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="D9" s="13" t="s">
+      <c r="D9" s="4" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="10" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A10" s="8" t="s">
+    <row r="10" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A10" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="14" t="s">
+      <c r="B10" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="C10" s="14" t="s">
+      <c r="C10" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="D10" s="14" t="s">
+      <c r="D10" s="10" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="11" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A11" s="10" t="s">
+    <row r="11" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A11" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="B11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="C11" s="5" t="s">
+      <c r="C11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="D11" s="5" t="s">
+      <c r="D11" s="6" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="12" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A12" s="10" t="s">
+    <row r="12" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A12" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="B12" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="C12" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="5" t="s">
+      <c r="D12" s="6" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="13" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A13" s="10" t="s">
+    <row r="13" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="5" t="s">
+      <c r="B13" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="5" t="s">
+      <c r="C13" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="D13" s="5" t="s">
+      <c r="D13" s="6" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="14" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A14" s="10" t="s">
+    <row r="14" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B14" s="5" t="s">
+      <c r="B14" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="C14" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="D14" s="5" t="s">
+      <c r="D14" s="6" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="15" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A15" s="10" t="s">
+    <row r="15" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B15" s="5" t="s">
+      <c r="B15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="C15" s="5" t="s">
+      <c r="C15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="D15" s="6" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
+    <row r="16" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>52</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="17" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A17" s="3" t="s">
+    <row r="17" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A17" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="B17" s="13" t="s">
+      <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="C17" s="13" t="s">
+      <c r="C17" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="D17" s="13" t="s">
+      <c r="D17" s="4" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="18" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1">
-      <c r="A18" s="3" t="s">
+    <row r="18" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A18" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A20" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A21" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A22" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A23" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A24" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A25" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A26" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A27" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A28" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A29" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A30" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A31" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A32" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A33" s="16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B33" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A34" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A35" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A36" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A37" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A38" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A39" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A40" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A41" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A42" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A43" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A44" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A45" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A46" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="B46" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="12" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A47" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A48" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="D48" s="18" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A49" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" s="19" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A50" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A51" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A52" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" s="19" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A53" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" s="19" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A54" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A55" s="9" t="s">
         <v>262</v>
       </c>
-      <c r="B18" s="13" t="s">
-[...226 lines deleted...]
-      <c r="C34" s="14" t="s">
+      <c r="B55" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A56" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A57" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A58" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A59" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A60" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B60" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="C60" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="D60" s="23" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A61" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="B61" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="C61" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A62" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A63" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A64" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A65" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A66" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A67" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A68" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A69" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A70" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>235</v>
+      </c>
+      <c r="D70" s="12" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A71" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A72" s="25" t="s">
+        <v>240</v>
+      </c>
+      <c r="B72" s="26" t="s">
+        <v>241</v>
+      </c>
+      <c r="C72" s="26" t="s">
+        <v>242</v>
+      </c>
+      <c r="D72" s="27" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A73" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>245</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A74" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A75" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A76" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="D34" s="14" t="s">
-[...10 lines deleted...]
-      <c r="C35" s="5" t="s">
+      <c r="B76" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D76" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...556 lines deleted...]
-      <c r="C75" s="5" t="s">
+    </row>
+    <row r="77" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A77" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B77" s="12" t="s">
         <v>254</v>
       </c>
-      <c r="D75" s="5" t="s">
-[...10 lines deleted...]
-      <c r="C76" s="5" t="s">
+      <c r="C77" s="12" t="s">
         <v>257</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A77" s="11" t="s">
+      <c r="D77" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="B77" s="12" t="s">
-[...10 lines deleted...]
-    <row r="79" spans="1:4" s="6" customFormat="1" ht="55.5" customHeight="1"/>
+    </row>
+    <row r="78" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1"/>
+    <row r="79" spans="1:4" s="7" customFormat="1" ht="55.5" customHeight="1"/>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:D1"/>
+  </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">