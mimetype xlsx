--- v0 (2025-11-03)
+++ v1 (2026-03-10)
@@ -4,69 +4,69 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a.jarzabek\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.branicka\Desktop\2025\publikacje WWW\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14370" windowHeight="11670"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="gabinety stomatologiczne" sheetId="1" r:id="rId1"/>
     <sheet name="rozwiązane umowy" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'gabinety stomatologiczne'!$A$1:$G$119</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'gabinety stomatologiczne'!$A$1:$G$120</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="775" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="524">
   <si>
     <t>Nazwa świadczeniodawcy</t>
   </si>
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>Miejscowość</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>ŚWIADCZENIA OGÓLNOSTOMATOLOGICZNE</t>
   </si>
   <si>
     <t>Bobrowice 23</t>
   </si>
   <si>
     <t>66-627</t>
   </si>
   <si>
     <t xml:space="preserve">Bobrowice </t>
   </si>
   <si>
@@ -1205,53 +1205,50 @@
     <t>Żabski Waldemar 
 Indywidualna Praktyka Lekarska</t>
   </si>
   <si>
     <t>604-501-895</t>
   </si>
   <si>
     <t>68-391-32-12, 68-444-82-92</t>
   </si>
   <si>
     <t>95-712-15-80, 609-110-774</t>
   </si>
   <si>
     <t>95-735-02-06, 728-868-400, 795-106-002</t>
   </si>
   <si>
     <t>68-444-30-67, 606-978-428</t>
   </si>
   <si>
     <t>68-455-80-62, 68-455-80-77</t>
   </si>
   <si>
     <t>95-714-38-00, 519-503-134</t>
   </si>
   <si>
-    <t>GRUPOWA PRAKTYKA LEKARSKA s.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>Wojskowa Specjalistyczna Przychodnia Lekarska 
 Samodzielny Publiczny Zakład Opieki Zdrowotnej 
 w Gubinie</t>
   </si>
   <si>
     <t>ul. Dworcowa 13</t>
   </si>
   <si>
     <t xml:space="preserve">Prywatny Gabinet Stomatologiczny
 MAG-MED </t>
   </si>
   <si>
     <t>ul. Kościelna 29</t>
   </si>
   <si>
     <t xml:space="preserve">66-540 </t>
   </si>
   <si>
     <t>Stare Kurowo</t>
   </si>
   <si>
     <t>500-538-320</t>
   </si>
   <si>
     <t>P.U.H. 
@@ -1701,94 +1698,115 @@
 Praktyka Stomatologiczna</t>
   </si>
   <si>
     <t>Prywatny Gabinet Stomatologiczny 
 Lekarz Stomatolog Małgorzata Tondryk</t>
   </si>
   <si>
     <t>Czupryńska Ewa
 Indywidualna Praktyka Lekarska</t>
   </si>
   <si>
     <t>Zaborowska Jadwiga 
 Indywidualna Praktyka Lekarska</t>
   </si>
   <si>
     <t>Ziegenhagen Andrzej 
 Indywidualna Praktyka Lekarska</t>
   </si>
   <si>
     <t>Grupowa Praktyka Lekarska 
 H. Gretkierewicz E. Kujawa T. Gretkierewicz</t>
   </si>
   <si>
     <t>Pietrzak Jolanta
 Indywidualna Praktyka Lekarska</t>
+  </si>
+  <si>
+    <t>Gabinet Stomatologiczny "Piękny Uśmiech" Małgorzata Kuczak</t>
+  </si>
+  <si>
+    <t>ul. Przylep-Handlowa 1</t>
+  </si>
+  <si>
+    <t>697-915-815</t>
+  </si>
+  <si>
+    <t>66-015</t>
+  </si>
+  <si>
+    <t>Grupowa Praktyka Lekarska s.c.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="10">
     <border>
@@ -1892,51 +1910,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1983,50 +2001,63 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Normalny 2" xfId="1"/>
   </cellStyles>
   <dxfs count="11">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
@@ -2250,54 +2281,54 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="gabinety" displayName="gabinety" ref="A1:G119" totalsRowShown="0" headerRowDxfId="10" dataDxfId="8" headerRowBorderDxfId="9" tableBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition ref="E1:E121"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="gabinety" displayName="gabinety" ref="A1:G120" totalsRowShown="0" headerRowDxfId="10" dataDxfId="8" headerRowBorderDxfId="9" tableBorderDxfId="7">
+  <autoFilter ref="A1:G120"/>
+  <sortState ref="A2:G120">
+    <sortCondition ref="E1:E120"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="6"/>
     <tableColumn id="2" name="Nazwa produktu" dataDxfId="5"/>
     <tableColumn id="3" name="Miejsce realizacji świadczeń" dataDxfId="4"/>
     <tableColumn id="4" name="Kod pocztowy" dataDxfId="3"/>
     <tableColumn id="5" name="Miejscowość" dataDxfId="2"/>
     <tableColumn id="6" name="Telefon" dataDxfId="1"/>
     <tableColumn id="7" name="Uwagi" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="gabinety stomatologiczne" altTextSummary="Tabela przedstawia wykaz gabinetów stomatologicznych realizujących zakres świadczenia ogólnostomatologiczne, z którymi Narodowy Fundusz Zdrowia ma podpisane umowy. Kolumny w tabeli: Nazwa świadczeniodawcy, nazwa produktu, miejsce realizacji świadczeń, ulica z numerem domu, kod pocztowy, miejscowość, numer telefonu, uwagi."/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2567,2777 +2598,2798 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G119"/>
+  <dimension ref="A1:G120"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D127" sqref="D127"/>
+    <sheetView tabSelected="1" topLeftCell="A108" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C77" sqref="C77"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="53.5703125" style="20" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="20"/>
+    <col min="1" max="1" width="53.54296875" style="20" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" style="20" customWidth="1"/>
+    <col min="3" max="3" width="36.54296875" style="20" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.453125" style="20" customWidth="1"/>
+    <col min="5" max="5" width="21.7265625" style="20" customWidth="1"/>
+    <col min="6" max="6" width="15.81640625" style="20" customWidth="1"/>
+    <col min="7" max="7" width="31.7265625" style="20" customWidth="1"/>
+    <col min="8" max="16384" width="9.1796875" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>320</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>321</v>
       </c>
       <c r="E1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="7" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B2" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>316</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>317</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>318</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>319</v>
       </c>
       <c r="G2" s="11"/>
     </row>
-    <row r="3" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A3" s="12" t="s">
+        <v>431</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C3" s="14" t="s">
         <v>432</v>
       </c>
-      <c r="B3" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="14" t="s">
+      <c r="D3" s="13" t="s">
         <v>433</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="E3" s="13" t="s">
         <v>434</v>
       </c>
-      <c r="E3" s="13" t="s">
+      <c r="F3" s="14" t="s">
         <v>435</v>
       </c>
-      <c r="F3" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" s="15"/>
     </row>
-    <row r="4" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A4" s="9" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>374</v>
       </c>
       <c r="G4" s="15"/>
     </row>
-    <row r="5" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A5" s="12" t="s">
+        <v>426</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C5" s="16" t="s">
         <v>427</v>
       </c>
-      <c r="B5" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="16" t="s">
+      <c r="D5" s="13" t="s">
         <v>428</v>
       </c>
-      <c r="D5" s="13" t="s">
+      <c r="E5" s="13" t="s">
         <v>429</v>
       </c>
-      <c r="E5" s="13" t="s">
+      <c r="F5" s="14" t="s">
         <v>430</v>
       </c>
-      <c r="F5" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="15"/>
     </row>
-    <row r="6" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A6" s="9" t="s">
         <v>322</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="15"/>
     </row>
-    <row r="7" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>236</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>324</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>237</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>238</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>239</v>
       </c>
       <c r="G7" s="15"/>
     </row>
-    <row r="8" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A8" s="9" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="15"/>
     </row>
-    <row r="9" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A9" s="29" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C9" s="26" t="s">
+        <v>441</v>
+      </c>
+      <c r="D9" s="10" t="s">
         <v>442</v>
       </c>
-      <c r="D9" s="10" t="s">
+      <c r="E9" s="10" t="s">
         <v>443</v>
       </c>
-      <c r="E9" s="10" t="s">
+      <c r="F9" s="27" t="s">
         <v>444</v>
       </c>
-      <c r="F9" s="27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="15"/>
     </row>
-    <row r="10" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A10" s="9" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>373</v>
       </c>
       <c r="G10" s="15"/>
     </row>
-    <row r="11" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
         <v>327</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="17"/>
     </row>
-    <row r="12" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A12" s="9" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="15"/>
     </row>
-    <row r="13" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="10" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="G13" s="15"/>
     </row>
-    <row r="14" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A14" s="9" t="s">
         <v>325</v>
       </c>
       <c r="B14" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>308</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>309</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>310</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>311</v>
       </c>
       <c r="G14" s="15"/>
     </row>
-    <row r="15" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A15" s="9" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="15"/>
     </row>
-    <row r="16" spans="1:7" s="8" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" s="8" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A16" s="9" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>376</v>
       </c>
       <c r="G16" s="15"/>
     </row>
-    <row r="17" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A17" s="9" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D17" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G17" s="15"/>
     </row>
-    <row r="18" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A18" s="9" t="s">
         <v>361</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>362</v>
       </c>
       <c r="D18" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>363</v>
       </c>
       <c r="G18" s="15"/>
     </row>
-    <row r="19" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A19" s="9" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>45</v>
       </c>
       <c r="D19" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>51</v>
       </c>
       <c r="G19" s="15"/>
     </row>
-    <row r="20" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A20" s="9" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>44</v>
       </c>
       <c r="G20" s="15"/>
     </row>
-    <row r="21" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A21" s="9" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G21" s="15"/>
     </row>
-    <row r="22" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A22" s="9" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>48</v>
       </c>
       <c r="G22" s="15"/>
     </row>
-    <row r="23" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>49</v>
       </c>
       <c r="G23" s="15"/>
     </row>
-    <row r="24" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>50</v>
       </c>
       <c r="G24" s="15"/>
     </row>
-    <row r="25" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A25" s="34" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D25" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>38</v>
       </c>
       <c r="G25" s="15"/>
     </row>
-    <row r="26" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A26" s="9" t="s">
         <v>326</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>39</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>375</v>
       </c>
       <c r="G26" s="15"/>
     </row>
-    <row r="27" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>53</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>54</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>55</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>56</v>
       </c>
       <c r="G27" s="15"/>
     </row>
-    <row r="28" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A28" s="31" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C28" s="26" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="D28" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E28" s="10" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="F28" s="32" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="G28" s="15"/>
     </row>
-    <row r="29" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>58</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G29" s="15"/>
     </row>
-    <row r="30" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A30" s="9" t="s">
         <v>328</v>
       </c>
       <c r="B30" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>329</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>57</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>58</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>377</v>
       </c>
       <c r="G30" s="15"/>
     </row>
-    <row r="31" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A31" s="9" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B31" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>59</v>
       </c>
       <c r="D31" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>58</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>378</v>
       </c>
       <c r="G31" s="15"/>
     </row>
-    <row r="32" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A32" s="9" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B32" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>68</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>65</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>69</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>70</v>
       </c>
       <c r="G32" s="15"/>
     </row>
-    <row r="33" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A33" s="9" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B33" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>223</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>216</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>224</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>225</v>
       </c>
       <c r="G33" s="15"/>
     </row>
-    <row r="34" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A34" s="9" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B34" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>77</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>78</v>
       </c>
       <c r="G34" s="15"/>
     </row>
-    <row r="35" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A35" s="9" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="B35" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>331</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>77</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>79</v>
       </c>
       <c r="G35" s="15"/>
     </row>
-    <row r="36" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A36" s="9" t="s">
         <v>330</v>
       </c>
       <c r="B36" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>81</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>85</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>86</v>
       </c>
       <c r="G36" s="15"/>
     </row>
-    <row r="37" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A37" s="9" t="s">
         <v>322</v>
       </c>
       <c r="B37" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>87</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>88</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>89</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="15"/>
     </row>
-    <row r="38" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A38" s="9" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B38" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>90</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>91</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>98</v>
       </c>
       <c r="G38" s="15"/>
     </row>
-    <row r="39" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A39" s="9" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="B39" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>90</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>91</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>95</v>
       </c>
       <c r="G39" s="15"/>
     </row>
-    <row r="40" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A40" s="9" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B40" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>96</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>91</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>99</v>
       </c>
       <c r="G40" s="15"/>
     </row>
-    <row r="41" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A41" s="9" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B41" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>96</v>
       </c>
       <c r="D41" s="10" t="s">
         <v>90</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>91</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>97</v>
       </c>
       <c r="G41" s="15"/>
     </row>
-    <row r="42" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A42" s="9" t="s">
         <v>332</v>
       </c>
       <c r="B42" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>90</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>91</v>
       </c>
       <c r="F42" s="10" t="s">
         <v>92</v>
       </c>
       <c r="G42" s="15"/>
     </row>
-    <row r="43" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A43" s="9" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B43" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>333</v>
       </c>
       <c r="D43" s="10" t="s">
         <v>90</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>91</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>93</v>
       </c>
       <c r="G43" s="15"/>
     </row>
-    <row r="44" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A44" s="9" t="s">
         <v>323</v>
       </c>
       <c r="B44" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>104</v>
       </c>
       <c r="D44" s="10" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>102</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>105</v>
       </c>
       <c r="G44" s="15"/>
     </row>
-    <row r="45" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A45" s="9" t="s">
         <v>334</v>
       </c>
       <c r="B45" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>100</v>
       </c>
       <c r="D45" s="10" t="s">
         <v>101</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>102</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>103</v>
       </c>
       <c r="G45" s="15"/>
     </row>
-    <row r="46" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A46" s="9" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B46" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>335</v>
       </c>
       <c r="D46" s="10" t="s">
         <v>101</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>102</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>106</v>
       </c>
       <c r="G46" s="15"/>
     </row>
-    <row r="47" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A47" s="9" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B47" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>107</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>108</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>109</v>
       </c>
       <c r="G47" s="15"/>
     </row>
-    <row r="48" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A48" s="9" t="s">
         <v>336</v>
       </c>
       <c r="B48" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D48" s="10" t="s">
         <v>107</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>108</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>109</v>
       </c>
       <c r="G48" s="15"/>
     </row>
-    <row r="49" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A49" s="9" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B49" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C49" s="10" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>110</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>111</v>
       </c>
       <c r="F49" s="18" t="s">
         <v>112</v>
       </c>
       <c r="G49" s="15"/>
     </row>
-    <row r="50" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A50" s="9" t="s">
         <v>338</v>
       </c>
       <c r="B50" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>113</v>
       </c>
       <c r="D50" s="10" t="s">
         <v>114</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>115</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>116</v>
       </c>
       <c r="G50" s="15"/>
     </row>
-    <row r="51" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A51" s="9" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="B51" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>117</v>
       </c>
       <c r="D51" s="10" t="s">
         <v>118</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>119</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>120</v>
       </c>
       <c r="G51" s="15"/>
     </row>
-    <row r="52" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A52" s="9" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>339</v>
       </c>
       <c r="D52" s="10" t="s">
         <v>121</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>122</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>123</v>
       </c>
       <c r="G52" s="15"/>
     </row>
-    <row r="53" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A53" s="9" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="B53" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>124</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>125</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>126</v>
       </c>
       <c r="F53" s="19" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="G53" s="15"/>
     </row>
-    <row r="54" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A54" s="9" t="s">
         <v>340</v>
       </c>
       <c r="B54" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>132</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>130</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>133</v>
       </c>
       <c r="G54" s="15"/>
     </row>
-    <row r="55" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A55" s="9" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B55" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>370</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>130</v>
       </c>
       <c r="F55" s="10" t="s">
         <v>134</v>
       </c>
       <c r="G55" s="15"/>
     </row>
-    <row r="56" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A56" s="31" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B56" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C56" s="26" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>138</v>
       </c>
       <c r="E56" s="10" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="F56" s="32" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="G56" s="15"/>
     </row>
-    <row r="57" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A57" s="9" t="s">
         <v>341</v>
       </c>
       <c r="B57" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>140</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>138</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>139</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>141</v>
       </c>
       <c r="G57" s="15"/>
     </row>
-    <row r="58" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A58" s="9" t="s">
         <v>371</v>
       </c>
       <c r="B58" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>142</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>138</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>139</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>143</v>
       </c>
       <c r="G58" s="15"/>
     </row>
-    <row r="59" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A59" s="9" t="s">
         <v>342</v>
       </c>
       <c r="B59" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>145</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>144</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>146</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>147</v>
       </c>
       <c r="G59" s="15"/>
     </row>
-    <row r="60" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A60" s="9" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B60" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>149</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>148</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>150</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>151</v>
       </c>
       <c r="G60" s="15"/>
     </row>
-    <row r="61" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A61" s="9" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B61" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>152</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>148</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>150</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>153</v>
       </c>
       <c r="G61" s="15"/>
     </row>
-    <row r="62" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A62" s="9" t="s">
         <v>343</v>
       </c>
       <c r="B62" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C62" s="10" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>154</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>155</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>156</v>
       </c>
       <c r="G62" s="15"/>
     </row>
-    <row r="63" spans="1:7" s="8" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" s="8" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A63" s="9" t="s">
         <v>344</v>
       </c>
       <c r="B63" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>345</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>135</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="10" t="s">
         <v>137</v>
       </c>
       <c r="G63" s="15"/>
     </row>
-    <row r="64" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A64" s="9" t="s">
         <v>346</v>
       </c>
       <c r="B64" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>157</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>158</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>159</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>160</v>
       </c>
       <c r="G64" s="15"/>
     </row>
-    <row r="65" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A65" s="9" t="s">
         <v>347</v>
       </c>
       <c r="B65" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>162</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>163</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>164</v>
       </c>
       <c r="G65" s="15"/>
     </row>
-    <row r="66" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A66" s="9" t="s">
         <v>348</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>349</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>165</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>166</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>167</v>
       </c>
       <c r="G66" s="15"/>
     </row>
-    <row r="67" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A67" s="9" t="s">
         <v>330</v>
       </c>
       <c r="B67" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>80</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>81</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>82</v>
       </c>
       <c r="F67" s="10" t="s">
         <v>83</v>
       </c>
       <c r="G67" s="15"/>
     </row>
-    <row r="68" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A68" s="9" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B68" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>168</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>169</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>170</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>171</v>
       </c>
       <c r="G68" s="15"/>
     </row>
-    <row r="69" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A69" s="9" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B69" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>172</v>
       </c>
       <c r="D69" s="10" t="s">
         <v>173</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>174</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>175</v>
       </c>
       <c r="G69" s="15"/>
     </row>
-    <row r="70" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A70" s="9" t="s">
         <v>350</v>
       </c>
       <c r="B70" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>176</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>173</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>174</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>177</v>
       </c>
       <c r="G70" s="15"/>
     </row>
-    <row r="71" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A71" s="9" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B71" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>178</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>179</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>180</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>181</v>
       </c>
       <c r="G71" s="15"/>
     </row>
-    <row r="72" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A72" s="9" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B72" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C72" s="10" t="s">
+        <v>416</v>
+      </c>
+      <c r="D72" s="10" t="s">
         <v>417</v>
       </c>
-      <c r="D72" s="10" t="s">
+      <c r="E72" s="10" t="s">
+        <v>415</v>
+      </c>
+      <c r="F72" s="10" t="s">
         <v>418</v>
       </c>
-      <c r="E72" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G72" s="15"/>
     </row>
-    <row r="73" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A73" s="9" t="s">
         <v>351</v>
       </c>
       <c r="B73" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>352</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F73" s="10" t="s">
         <v>184</v>
       </c>
       <c r="G73" s="15"/>
     </row>
-    <row r="74" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A74" s="9" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B74" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>353</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>204</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>207</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>208</v>
       </c>
       <c r="G74" s="15"/>
     </row>
-    <row r="75" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A75" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C75" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="B75" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="10" t="s">
+      <c r="D75" s="10" t="s">
         <v>384</v>
       </c>
-      <c r="D75" s="10" t="s">
+      <c r="E75" s="10" t="s">
         <v>385</v>
       </c>
-      <c r="E75" s="10" t="s">
+      <c r="F75" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F75" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G75" s="15"/>
     </row>
-    <row r="76" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A76" s="9" t="s">
-        <v>380</v>
+        <v>523</v>
       </c>
       <c r="B76" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C76" s="10" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="D76" s="10" t="s">
         <v>190</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>191</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>192</v>
       </c>
       <c r="G76" s="15"/>
     </row>
-    <row r="77" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A77" s="9" t="s">
         <v>332</v>
       </c>
       <c r="B77" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>196</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>197</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>198</v>
       </c>
       <c r="F77" s="10" t="s">
         <v>379</v>
       </c>
       <c r="G77" s="15"/>
     </row>
-    <row r="78" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A78" s="31" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B78" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C78" s="26" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>197</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>198</v>
       </c>
       <c r="F78" s="27" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G78" s="15"/>
     </row>
-    <row r="79" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A79" s="9" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B79" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>199</v>
       </c>
       <c r="D79" s="10" t="s">
         <v>200</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>201</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>202</v>
       </c>
       <c r="G79" s="15"/>
     </row>
-    <row r="80" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A80" s="34" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B80" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>203</v>
       </c>
       <c r="D80" s="10" t="s">
         <v>204</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>205</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>206</v>
       </c>
       <c r="G80" s="15"/>
     </row>
-    <row r="81" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A81" s="9" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B81" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>209</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>210</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>211</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>213</v>
       </c>
       <c r="G81" s="15"/>
     </row>
-    <row r="82" spans="1:7" s="8" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A82" s="9" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="B82" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>209</v>
       </c>
       <c r="D82" s="10" t="s">
         <v>210</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>211</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>212</v>
       </c>
       <c r="G82" s="15"/>
     </row>
-    <row r="83" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A83" s="9" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B83" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C83" s="10" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="D83" s="10" t="s">
         <v>210</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>211</v>
       </c>
       <c r="F83" s="10" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G83" s="15"/>
     </row>
-    <row r="84" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A84" s="9" t="s">
         <v>354</v>
       </c>
       <c r="B84" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>214</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>210</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>211</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>215</v>
       </c>
       <c r="G84" s="15"/>
     </row>
-    <row r="85" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A85" s="9" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B85" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>230</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>216</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>217</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>231</v>
       </c>
       <c r="G85" s="15"/>
     </row>
-    <row r="86" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A86" s="9" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B86" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>216</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>217</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>229</v>
       </c>
       <c r="G86" s="15"/>
     </row>
-    <row r="87" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A87" s="9" t="s">
         <v>355</v>
       </c>
       <c r="B87" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>218</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>216</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>217</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>219</v>
       </c>
       <c r="G87" s="15"/>
     </row>
-    <row r="88" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A88" s="9" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B88" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>226</v>
       </c>
       <c r="D88" s="10" t="s">
         <v>216</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>217</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>227</v>
       </c>
       <c r="G88" s="15"/>
     </row>
-    <row r="89" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A89" s="9" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B89" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C89" s="10" t="s">
+        <v>402</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>404</v>
+      </c>
+      <c r="E89" s="10" t="s">
         <v>403</v>
       </c>
-      <c r="D89" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F89" s="10" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="G89" s="15"/>
     </row>
-    <row r="90" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A90" s="9" t="s">
         <v>356</v>
       </c>
       <c r="B90" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>232</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>233</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>234</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>235</v>
       </c>
       <c r="G90" s="15"/>
     </row>
-    <row r="91" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A91" s="9" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B91" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>240</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>241</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>242</v>
       </c>
       <c r="G91" s="15"/>
     </row>
-    <row r="92" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A92" s="9" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B92" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>243</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>244</v>
       </c>
       <c r="F92" s="10" t="s">
         <v>246</v>
       </c>
       <c r="G92" s="15"/>
     </row>
-    <row r="93" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A93" s="9" t="s">
         <v>247</v>
       </c>
       <c r="B93" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>248</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>243</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>244</v>
       </c>
       <c r="F93" s="10" t="s">
         <v>249</v>
       </c>
       <c r="G93" s="15"/>
     </row>
-    <row r="94" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A94" s="9" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B94" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>254</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>250</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>251</v>
       </c>
       <c r="F94" s="10" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G94" s="15"/>
     </row>
-    <row r="95" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A95" s="9" t="s">
         <v>357</v>
       </c>
       <c r="B95" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>252</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>250</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>251</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>253</v>
       </c>
       <c r="G95" s="15"/>
     </row>
-    <row r="96" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A96" s="9" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B96" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>255</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>52</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>256</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>257</v>
       </c>
       <c r="G96" s="15"/>
     </row>
-    <row r="97" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A97" s="9" t="s">
         <v>358</v>
       </c>
       <c r="B97" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>312</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>313</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>314</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>315</v>
       </c>
       <c r="G97" s="15"/>
     </row>
-    <row r="98" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A98" s="9" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B98" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C98" s="13" t="s">
+        <v>422</v>
+      </c>
+      <c r="D98" s="13" t="s">
         <v>423</v>
       </c>
-      <c r="D98" s="13" t="s">
+      <c r="E98" s="13" t="s">
         <v>424</v>
       </c>
-      <c r="E98" s="13" t="s">
+      <c r="F98" s="19" t="s">
         <v>425</v>
       </c>
-      <c r="F98" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" s="15"/>
     </row>
-    <row r="99" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A99" s="31" t="s">
+        <v>446</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C99" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>452</v>
+      </c>
+      <c r="E99" s="10" t="s">
+        <v>451</v>
+      </c>
+      <c r="F99" s="32" t="s">
         <v>447</v>
       </c>
-      <c r="B99" s="10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G99" s="15"/>
     </row>
-    <row r="100" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:7" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A100" s="9" t="s">
+        <v>436</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>439</v>
+      </c>
+      <c r="D100" s="10" t="s">
         <v>437</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>258</v>
       </c>
       <c r="F100" s="21" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="G100" s="15"/>
     </row>
-    <row r="101" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A101" s="9" t="s">
+        <v>411</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C101" s="13" t="s">
         <v>412</v>
       </c>
-      <c r="B101" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C101" s="13" t="s">
+      <c r="D101" s="13" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E101" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F101" s="19" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="G101" s="15"/>
     </row>
-    <row r="102" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A102" s="9" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B102" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C102" s="13" t="s">
         <v>274</v>
       </c>
       <c r="D102" s="13" t="s">
         <v>275</v>
       </c>
       <c r="E102" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>276</v>
       </c>
       <c r="G102" s="15"/>
     </row>
-    <row r="103" spans="1:7" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:7" s="8" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A103" s="9" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B103" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C103" s="13" t="s">
         <v>279</v>
       </c>
       <c r="D103" s="13" t="s">
         <v>280</v>
       </c>
       <c r="E103" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F103" s="19" t="s">
         <v>281</v>
       </c>
       <c r="G103" s="15"/>
     </row>
-    <row r="104" spans="1:7" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:7" s="8" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A104" s="9" t="s">
         <v>360</v>
       </c>
       <c r="B104" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C104" s="13" t="s">
         <v>271</v>
       </c>
       <c r="D104" s="13" t="s">
         <v>272</v>
       </c>
       <c r="E104" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>273</v>
       </c>
       <c r="G104" s="15"/>
     </row>
-    <row r="105" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:7" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A105" s="9" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="B105" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C105" s="13" t="s">
         <v>368</v>
       </c>
       <c r="D105" s="13" t="s">
         <v>264</v>
       </c>
       <c r="E105" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F105" s="19" t="s">
         <v>289</v>
       </c>
       <c r="G105" s="15"/>
     </row>
-    <row r="106" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A106" s="9" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B106" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C106" s="13" t="s">
         <v>277</v>
       </c>
       <c r="D106" s="13" t="s">
         <v>264</v>
       </c>
       <c r="E106" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F106" s="19" t="s">
         <v>278</v>
       </c>
       <c r="G106" s="15"/>
     </row>
-    <row r="107" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A107" s="9" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B107" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C107" s="13" t="s">
         <v>369</v>
       </c>
       <c r="D107" s="13" t="s">
         <v>264</v>
       </c>
       <c r="E107" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F107" s="19" t="s">
         <v>288</v>
       </c>
       <c r="G107" s="15"/>
     </row>
-    <row r="108" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A108" s="9" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B108" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D108" s="10" t="s">
         <v>260</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>258</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>261</v>
       </c>
       <c r="G108" s="15"/>
     </row>
-    <row r="109" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A109" s="9" t="s">
         <v>359</v>
       </c>
       <c r="B109" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>266</v>
       </c>
       <c r="D109" s="10" t="s">
         <v>267</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>258</v>
       </c>
       <c r="F109" s="10" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G109" s="15"/>
     </row>
-    <row r="110" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A110" s="9" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B110" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C110" s="13" t="s">
         <v>268</v>
       </c>
       <c r="D110" s="13" t="s">
         <v>269</v>
       </c>
       <c r="E110" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>270</v>
       </c>
       <c r="G110" s="15"/>
     </row>
-    <row r="111" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A111" s="9" t="s">
         <v>282</v>
       </c>
       <c r="B111" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>283</v>
       </c>
       <c r="D111" s="13" t="s">
         <v>284</v>
       </c>
       <c r="E111" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F111" s="19" t="s">
         <v>285</v>
       </c>
       <c r="G111" s="15"/>
     </row>
-    <row r="112" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A112" s="9" t="s">
         <v>282</v>
       </c>
       <c r="B112" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>286</v>
       </c>
       <c r="D112" s="13" t="s">
         <v>264</v>
       </c>
       <c r="E112" s="13" t="s">
         <v>258</v>
       </c>
       <c r="F112" s="19" t="s">
         <v>287</v>
       </c>
       <c r="G112" s="15"/>
     </row>
-    <row r="113" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C113" s="13" t="s">
+    <row r="113" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A113" s="35" t="s">
+        <v>519</v>
+      </c>
+      <c r="B113" s="36" t="s">
+        <v>465</v>
+      </c>
+      <c r="C113" s="37" t="s">
+        <v>520</v>
+      </c>
+      <c r="D113" s="37" t="s">
+        <v>522</v>
+      </c>
+      <c r="E113" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="F113" s="39" t="s">
+        <v>521</v>
+      </c>
+      <c r="G113" s="38"/>
+    </row>
+    <row r="114" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A114" s="22" t="s">
+        <v>514</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C114" s="23" t="s">
         <v>293</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
       <c r="D114" s="23" t="s">
         <v>290</v>
       </c>
       <c r="E114" s="23" t="s">
         <v>291</v>
       </c>
       <c r="F114" s="24" t="s">
-        <v>67</v>
+        <v>294</v>
       </c>
       <c r="G114" s="25"/>
     </row>
-    <row r="115" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A115" s="30" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="B115" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C115" s="13" t="s">
-        <v>293</v>
+        <v>365</v>
       </c>
       <c r="D115" s="13" t="s">
         <v>290</v>
       </c>
       <c r="E115" s="13" t="s">
         <v>291</v>
       </c>
       <c r="F115" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G115" s="25"/>
+    </row>
+    <row r="116" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A116" s="22" t="s">
+        <v>516</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C116" s="23" t="s">
+        <v>293</v>
+      </c>
+      <c r="D116" s="23" t="s">
+        <v>290</v>
+      </c>
+      <c r="E116" s="23" t="s">
+        <v>291</v>
+      </c>
+      <c r="F116" s="24" t="s">
         <v>295</v>
       </c>
-      <c r="G115" s="25"/>
-[...2 lines deleted...]
-      <c r="A116" s="22" t="s">
+      <c r="G116" s="25"/>
+    </row>
+    <row r="117" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A117" s="22" t="s">
         <v>372</v>
       </c>
-      <c r="B116" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="28" t="s">
+      <c r="B117" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C117" s="28" t="s">
         <v>292</v>
       </c>
-      <c r="D116" s="28" t="s">
+      <c r="D117" s="28" t="s">
         <v>290</v>
       </c>
-      <c r="E116" s="28" t="s">
+      <c r="E117" s="28" t="s">
         <v>291</v>
       </c>
-      <c r="F116" s="33" t="s">
-[...5 lines deleted...]
-      <c r="A117" s="22" t="s">
+      <c r="F117" s="33" t="s">
+        <v>389</v>
+      </c>
+      <c r="G117" s="25"/>
+    </row>
+    <row r="118" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A118" s="22" t="s">
         <v>364</v>
       </c>
-      <c r="B117" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="B118" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C118" s="23" t="s">
-        <v>306</v>
+        <v>400</v>
       </c>
       <c r="D118" s="23" t="s">
         <v>296</v>
       </c>
       <c r="E118" s="23" t="s">
         <v>297</v>
       </c>
       <c r="F118" s="24" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="G118" s="25"/>
     </row>
-    <row r="119" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:7" ht="31" x14ac:dyDescent="0.35">
       <c r="A119" s="22" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B119" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C119" s="23" t="s">
-        <v>367</v>
+        <v>306</v>
       </c>
       <c r="D119" s="23" t="s">
         <v>296</v>
       </c>
       <c r="E119" s="23" t="s">
         <v>297</v>
       </c>
       <c r="F119" s="24" t="s">
+        <v>307</v>
+      </c>
+      <c r="G119" s="25"/>
+    </row>
+    <row r="120" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A120" s="22" t="s">
+        <v>518</v>
+      </c>
+      <c r="B120" s="28" t="s">
+        <v>465</v>
+      </c>
+      <c r="C120" s="23" t="s">
+        <v>367</v>
+      </c>
+      <c r="D120" s="23" t="s">
+        <v>296</v>
+      </c>
+      <c r="E120" s="13" t="s">
+        <v>297</v>
+      </c>
+      <c r="F120" s="24" t="s">
         <v>298</v>
       </c>
-      <c r="G119" s="25"/>
+      <c r="G120" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="46" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A2:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="32.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="14.42578125" customWidth="1"/>
+    <col min="1" max="1" width="32.1796875" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" customWidth="1"/>
+    <col min="3" max="3" width="28.26953125" customWidth="1"/>
+    <col min="4" max="4" width="26.453125" customWidth="1"/>
+    <col min="5" max="5" width="14.453125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>299</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>296</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>297</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>130</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>185</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>258</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>217</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>303</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>296</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>297</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>193</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>190</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>191</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>195</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>