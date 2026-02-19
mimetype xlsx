--- v0 (2025-11-03)
+++ v1 (2026-02-19)
@@ -3,73 +3,73 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a.jarzabek\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.branicka\Desktop\2025\publikacje WWW\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11700"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="gabinety stomatologiczne" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'gabinety stomatologiczne'!$A$1:$G$77</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'gabinety stomatologiczne'!$A$1:$G$78</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="322">
   <si>
     <t>Nazwa świadczeniodawcy</t>
   </si>
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>Miejsce realizacji świadczeń</t>
   </si>
   <si>
     <t>Kod pocztowy</t>
   </si>
   <si>
     <t>Miejscowość</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Uwagi</t>
   </si>
   <si>
     <t>Plac Powstańców Wielkopolskich 9</t>
   </si>
   <si>
@@ -555,110 +555,98 @@
     <t>609-818-229</t>
   </si>
   <si>
     <t>ul. Jodłowa 2</t>
   </si>
   <si>
     <t>66-200</t>
   </si>
   <si>
     <t xml:space="preserve">Świebodzin </t>
   </si>
   <si>
     <t>68-459-45-44, 600-032-373</t>
   </si>
   <si>
     <t>Politarczyk Danuta 
 Gabinet Stomatologiczny</t>
   </si>
   <si>
     <t>ul. Matejki 1</t>
   </si>
   <si>
     <t>68-382-99-02</t>
   </si>
   <si>
-    <t>ul. Matejki 1/109</t>
-[...4 lines deleted...]
-  <si>
     <t>Stomatologia Kamila Pawlak</t>
   </si>
   <si>
     <t>ul. Wojska Polskiego 52</t>
   </si>
   <si>
     <t>66-235</t>
   </si>
   <si>
     <t>Torzym</t>
   </si>
   <si>
     <t>694-999-741</t>
   </si>
   <si>
     <t>ul. Wiosny Ludów 14</t>
   </si>
   <si>
     <t>66-460</t>
   </si>
   <si>
     <t xml:space="preserve">Witnica </t>
   </si>
   <si>
     <t>95-751-50-20</t>
   </si>
   <si>
     <t>ul. Piaskowa 4/25</t>
   </si>
   <si>
     <t>602-625-197</t>
   </si>
   <si>
     <t>Stomatologia Rodzinna 
 "KA-DENT" s.c.
 Katarzyna Kostrzewska-Kaminiarz, Janusz Kaminiarz</t>
   </si>
   <si>
     <t>ul. Lipowa 18</t>
   </si>
   <si>
     <t>67-400</t>
   </si>
   <si>
     <t xml:space="preserve">Wschowa </t>
   </si>
   <si>
     <t>65-540-16-55</t>
-  </si>
-[...4 lines deleted...]
-    <t>65-540-16-55, 509-787-701</t>
   </si>
   <si>
     <t>Maciejewska Ilona
 Indywidualna Specjalistyczna Praktyka Lekarska</t>
   </si>
   <si>
     <t>ul. Polna 5</t>
   </si>
   <si>
     <t>66-003</t>
   </si>
   <si>
     <t>Zabór</t>
   </si>
   <si>
     <t>605-288-004</t>
   </si>
   <si>
     <t>65-001</t>
   </si>
   <si>
     <t xml:space="preserve">Zielona Góra </t>
   </si>
   <si>
     <t>ul. Towarowa 20</t>
@@ -951,205 +939,246 @@
   <si>
     <t>Centrum Chirurgii
 Specjalistyczny NZOZ 
 Jaworuccy
 spółka partnerska</t>
   </si>
   <si>
     <t>Firma "DARKOL" 
 Cenrum Stomatologii
 "SŁONECZNE"</t>
   </si>
   <si>
     <t>NZOZ Stomatolog-Ortodonta 
 "ORTHOS" 
 Urszula Pawlonka</t>
   </si>
   <si>
     <t>Ewa Adamczyk-Duda 
 Indywidualna Praktyka Stomatologiczna</t>
   </si>
   <si>
     <t>Monika Momot 
 Gabinet Stomatologiczny</t>
   </si>
   <si>
-    <t>Ochańska Elżbieta 
-[...2 lines deleted...]
-  <si>
     <t>Małgorzata Guzik 
 Indywidualna Praktyka Lekarska 
 Małgorzata Guzik</t>
   </si>
   <si>
     <t>NZOZ "VITA DENS" 
 Irena Lichocka</t>
   </si>
   <si>
     <t>NZOZ Specjalistyczna Poradnia Stomat. 
 Maria Czujko</t>
   </si>
   <si>
     <t>Anna Lech 
 Indywidualna Praktyka Stomatologiczna</t>
   </si>
   <si>
     <t>Walentin Germanow 
 Prywatny Gabinet Stomatologiczny 
 Walentin Germanow</t>
   </si>
   <si>
     <t>Prywatny Gabinet Stomatologiczny 
 Katarzyna Langer</t>
   </si>
   <si>
     <t>EK-MED Krosno</t>
   </si>
   <si>
     <t>Stomatologia Kuplowscy 
 Sylwia Kuplowska Michał Kuplowski</t>
   </si>
   <si>
     <t>ALERGICUS-DENT s.c. 
 Elżbieta Paśnicka Marek Paśnicki 
 Niepubliczny Zakład Opieki Zdrowotnej</t>
   </si>
   <si>
     <t>Grupowa Praktyka Lekarska s.c.</t>
   </si>
   <si>
     <t>Indywidualna Praktyka Stomatologiczna 
 Monika Klocek-Ruszkiewicz</t>
   </si>
   <si>
     <t>Niepubliczny Stomatologiczny Zakład Opieki Zdrowotnej 
 "DUO-DENT" 
 Dorota Gacek</t>
   </si>
   <si>
-    <t>Wdowiak Małgorzata
-[...2 lines deleted...]
-  <si>
     <t>NMCR spółka z ograniczoną odpowiedzialnością</t>
   </si>
   <si>
     <t>Gabinet Stomatologiczny 
 Ewa Franków-Kusiak</t>
   </si>
   <si>
     <t>Aldemed Centrum Medyczne 
 sp. z o.o.</t>
   </si>
   <si>
     <t>Gabinet Dentystyczny
 Ryszard Lubiszewski</t>
   </si>
   <si>
     <t>Elżbieta Krause-Howis
 Prywatnt Gabinet Stomatologiczny  
 E. Krause-Howis</t>
   </si>
   <si>
     <t>Joanna Kulig-Chlamtacz  
 Praktyka Stomatologiczna</t>
   </si>
   <si>
     <t>Zaborowska Jadwiga 
 Indywidualna Praktyka Lekarska</t>
   </si>
   <si>
     <t>Grupowa Praktyka Lekarska 
 H. Gretkierewicz E. Kujawa T. Gretkierewicz</t>
   </si>
   <si>
     <t>Pietrzak Jolanta
 Indywidualna Praktyka Lekarska</t>
+  </si>
+  <si>
+    <t>Kochańska Elżbieta 
+Indywidualna Praktyka Lekarska</t>
+  </si>
+  <si>
+    <t>601-410-316</t>
+  </si>
+  <si>
+    <t>Lubsko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MED - DENT Anna Jurków </t>
+  </si>
+  <si>
+    <t>ul. Leopolda Staffa 9</t>
+  </si>
+  <si>
+    <t>68-300</t>
+  </si>
+  <si>
+    <t>ul. St. Wyspiańskiego 21-23</t>
+  </si>
+  <si>
+    <t>512-979-737</t>
+  </si>
+  <si>
+    <t>780-097-377</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ul. Fryderyka Chopina 26c </t>
+  </si>
+  <si>
+    <t>65-032</t>
+  </si>
+  <si>
+    <t>65-036</t>
+  </si>
+  <si>
+    <t>MEDICKM spółka z ograniczoną odpowiedzialnością</t>
+  </si>
+  <si>
+    <t>DIRECTMEDIC Gabinety Stacjonarne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
@@ -1202,56 +1231,67 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
@@ -1273,66 +1313,93 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Normalny 2" xfId="1"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
@@ -1603,54 +1670,54 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="gabinety" displayName="gabinety" ref="A1:G77" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10" tableBorderDxfId="8" totalsRowBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition ref="E1:E78"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="gabinety" displayName="gabinety" ref="A1:G78" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10" tableBorderDxfId="8" totalsRowBorderDxfId="7">
+  <autoFilter ref="A1:G78"/>
+  <sortState ref="A2:G79">
+    <sortCondition ref="E1:E79"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="6" dataCellStyle="Normalny 2"/>
     <tableColumn id="2" name="Nazwa produktu" dataDxfId="5"/>
     <tableColumn id="3" name="Miejsce realizacji świadczeń" dataDxfId="4"/>
     <tableColumn id="4" name="Kod pocztowy" dataDxfId="3"/>
     <tableColumn id="5" name="Miejscowość" dataDxfId="2"/>
     <tableColumn id="6" name="Telefon" dataDxfId="1"/>
     <tableColumn id="7" name="Uwagi" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="gabinety stomatologiczne" altTextSummary="Tabela przedstawia wykaz gabinetów stomatologicznych realizujących zakres świadczenia ogólnostomatologiczne dla dzieci i młodzieży do ukończenia 18 roku życia, z którymi Narodowy Fundusz Zdrowia ma podpisane umowy. Kolumny w tabeli: Nazwa świadczeniodawcy, nazwa produktu, miejsce realizacji świadczeń, ulica z numerem domu, kod pocztowy, miejscowość, numer telefonu, uwagi."/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1896,2126 +1963,2147 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G77"/>
+  <dimension ref="A1:G78"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B80" sqref="B80"/>
+    <sheetView tabSelected="1" topLeftCell="A56" workbookViewId="0">
+      <selection activeCell="A56" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="53.5703125" style="4" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="21.7109375" style="6" customWidth="1"/>
+    <col min="1" max="1" width="53.54296875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="34.26953125" style="4" customWidth="1"/>
+    <col min="4" max="4" width="26.453125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="21.7265625" style="6" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
-    <col min="7" max="7" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="261" max="261" width="21.7109375" customWidth="1"/>
+    <col min="7" max="7" width="31.7265625" customWidth="1"/>
+    <col min="257" max="257" width="53.54296875" customWidth="1"/>
+    <col min="258" max="258" width="29.453125" customWidth="1"/>
+    <col min="259" max="259" width="34.26953125" customWidth="1"/>
+    <col min="260" max="260" width="26.453125" customWidth="1"/>
+    <col min="261" max="261" width="21.7265625" customWidth="1"/>
     <col min="262" max="262" width="14" customWidth="1"/>
-    <col min="263" max="263" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="517" max="517" width="21.7109375" customWidth="1"/>
+    <col min="263" max="263" width="31.7265625" customWidth="1"/>
+    <col min="513" max="513" width="53.54296875" customWidth="1"/>
+    <col min="514" max="514" width="29.453125" customWidth="1"/>
+    <col min="515" max="515" width="34.26953125" customWidth="1"/>
+    <col min="516" max="516" width="26.453125" customWidth="1"/>
+    <col min="517" max="517" width="21.7265625" customWidth="1"/>
     <col min="518" max="518" width="14" customWidth="1"/>
-    <col min="519" max="519" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="773" max="773" width="21.7109375" customWidth="1"/>
+    <col min="519" max="519" width="31.7265625" customWidth="1"/>
+    <col min="769" max="769" width="53.54296875" customWidth="1"/>
+    <col min="770" max="770" width="29.453125" customWidth="1"/>
+    <col min="771" max="771" width="34.26953125" customWidth="1"/>
+    <col min="772" max="772" width="26.453125" customWidth="1"/>
+    <col min="773" max="773" width="21.7265625" customWidth="1"/>
     <col min="774" max="774" width="14" customWidth="1"/>
-    <col min="775" max="775" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1029" max="1029" width="21.7109375" customWidth="1"/>
+    <col min="775" max="775" width="31.7265625" customWidth="1"/>
+    <col min="1025" max="1025" width="53.54296875" customWidth="1"/>
+    <col min="1026" max="1026" width="29.453125" customWidth="1"/>
+    <col min="1027" max="1027" width="34.26953125" customWidth="1"/>
+    <col min="1028" max="1028" width="26.453125" customWidth="1"/>
+    <col min="1029" max="1029" width="21.7265625" customWidth="1"/>
     <col min="1030" max="1030" width="14" customWidth="1"/>
-    <col min="1031" max="1031" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1285" max="1285" width="21.7109375" customWidth="1"/>
+    <col min="1031" max="1031" width="31.7265625" customWidth="1"/>
+    <col min="1281" max="1281" width="53.54296875" customWidth="1"/>
+    <col min="1282" max="1282" width="29.453125" customWidth="1"/>
+    <col min="1283" max="1283" width="34.26953125" customWidth="1"/>
+    <col min="1284" max="1284" width="26.453125" customWidth="1"/>
+    <col min="1285" max="1285" width="21.7265625" customWidth="1"/>
     <col min="1286" max="1286" width="14" customWidth="1"/>
-    <col min="1287" max="1287" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1541" max="1541" width="21.7109375" customWidth="1"/>
+    <col min="1287" max="1287" width="31.7265625" customWidth="1"/>
+    <col min="1537" max="1537" width="53.54296875" customWidth="1"/>
+    <col min="1538" max="1538" width="29.453125" customWidth="1"/>
+    <col min="1539" max="1539" width="34.26953125" customWidth="1"/>
+    <col min="1540" max="1540" width="26.453125" customWidth="1"/>
+    <col min="1541" max="1541" width="21.7265625" customWidth="1"/>
     <col min="1542" max="1542" width="14" customWidth="1"/>
-    <col min="1543" max="1543" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1797" max="1797" width="21.7109375" customWidth="1"/>
+    <col min="1543" max="1543" width="31.7265625" customWidth="1"/>
+    <col min="1793" max="1793" width="53.54296875" customWidth="1"/>
+    <col min="1794" max="1794" width="29.453125" customWidth="1"/>
+    <col min="1795" max="1795" width="34.26953125" customWidth="1"/>
+    <col min="1796" max="1796" width="26.453125" customWidth="1"/>
+    <col min="1797" max="1797" width="21.7265625" customWidth="1"/>
     <col min="1798" max="1798" width="14" customWidth="1"/>
-    <col min="1799" max="1799" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2053" max="2053" width="21.7109375" customWidth="1"/>
+    <col min="1799" max="1799" width="31.7265625" customWidth="1"/>
+    <col min="2049" max="2049" width="53.54296875" customWidth="1"/>
+    <col min="2050" max="2050" width="29.453125" customWidth="1"/>
+    <col min="2051" max="2051" width="34.26953125" customWidth="1"/>
+    <col min="2052" max="2052" width="26.453125" customWidth="1"/>
+    <col min="2053" max="2053" width="21.7265625" customWidth="1"/>
     <col min="2054" max="2054" width="14" customWidth="1"/>
-    <col min="2055" max="2055" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2309" max="2309" width="21.7109375" customWidth="1"/>
+    <col min="2055" max="2055" width="31.7265625" customWidth="1"/>
+    <col min="2305" max="2305" width="53.54296875" customWidth="1"/>
+    <col min="2306" max="2306" width="29.453125" customWidth="1"/>
+    <col min="2307" max="2307" width="34.26953125" customWidth="1"/>
+    <col min="2308" max="2308" width="26.453125" customWidth="1"/>
+    <col min="2309" max="2309" width="21.7265625" customWidth="1"/>
     <col min="2310" max="2310" width="14" customWidth="1"/>
-    <col min="2311" max="2311" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2565" max="2565" width="21.7109375" customWidth="1"/>
+    <col min="2311" max="2311" width="31.7265625" customWidth="1"/>
+    <col min="2561" max="2561" width="53.54296875" customWidth="1"/>
+    <col min="2562" max="2562" width="29.453125" customWidth="1"/>
+    <col min="2563" max="2563" width="34.26953125" customWidth="1"/>
+    <col min="2564" max="2564" width="26.453125" customWidth="1"/>
+    <col min="2565" max="2565" width="21.7265625" customWidth="1"/>
     <col min="2566" max="2566" width="14" customWidth="1"/>
-    <col min="2567" max="2567" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2821" max="2821" width="21.7109375" customWidth="1"/>
+    <col min="2567" max="2567" width="31.7265625" customWidth="1"/>
+    <col min="2817" max="2817" width="53.54296875" customWidth="1"/>
+    <col min="2818" max="2818" width="29.453125" customWidth="1"/>
+    <col min="2819" max="2819" width="34.26953125" customWidth="1"/>
+    <col min="2820" max="2820" width="26.453125" customWidth="1"/>
+    <col min="2821" max="2821" width="21.7265625" customWidth="1"/>
     <col min="2822" max="2822" width="14" customWidth="1"/>
-    <col min="2823" max="2823" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3077" max="3077" width="21.7109375" customWidth="1"/>
+    <col min="2823" max="2823" width="31.7265625" customWidth="1"/>
+    <col min="3073" max="3073" width="53.54296875" customWidth="1"/>
+    <col min="3074" max="3074" width="29.453125" customWidth="1"/>
+    <col min="3075" max="3075" width="34.26953125" customWidth="1"/>
+    <col min="3076" max="3076" width="26.453125" customWidth="1"/>
+    <col min="3077" max="3077" width="21.7265625" customWidth="1"/>
     <col min="3078" max="3078" width="14" customWidth="1"/>
-    <col min="3079" max="3079" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3333" max="3333" width="21.7109375" customWidth="1"/>
+    <col min="3079" max="3079" width="31.7265625" customWidth="1"/>
+    <col min="3329" max="3329" width="53.54296875" customWidth="1"/>
+    <col min="3330" max="3330" width="29.453125" customWidth="1"/>
+    <col min="3331" max="3331" width="34.26953125" customWidth="1"/>
+    <col min="3332" max="3332" width="26.453125" customWidth="1"/>
+    <col min="3333" max="3333" width="21.7265625" customWidth="1"/>
     <col min="3334" max="3334" width="14" customWidth="1"/>
-    <col min="3335" max="3335" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3589" max="3589" width="21.7109375" customWidth="1"/>
+    <col min="3335" max="3335" width="31.7265625" customWidth="1"/>
+    <col min="3585" max="3585" width="53.54296875" customWidth="1"/>
+    <col min="3586" max="3586" width="29.453125" customWidth="1"/>
+    <col min="3587" max="3587" width="34.26953125" customWidth="1"/>
+    <col min="3588" max="3588" width="26.453125" customWidth="1"/>
+    <col min="3589" max="3589" width="21.7265625" customWidth="1"/>
     <col min="3590" max="3590" width="14" customWidth="1"/>
-    <col min="3591" max="3591" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3845" max="3845" width="21.7109375" customWidth="1"/>
+    <col min="3591" max="3591" width="31.7265625" customWidth="1"/>
+    <col min="3841" max="3841" width="53.54296875" customWidth="1"/>
+    <col min="3842" max="3842" width="29.453125" customWidth="1"/>
+    <col min="3843" max="3843" width="34.26953125" customWidth="1"/>
+    <col min="3844" max="3844" width="26.453125" customWidth="1"/>
+    <col min="3845" max="3845" width="21.7265625" customWidth="1"/>
     <col min="3846" max="3846" width="14" customWidth="1"/>
-    <col min="3847" max="3847" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4101" max="4101" width="21.7109375" customWidth="1"/>
+    <col min="3847" max="3847" width="31.7265625" customWidth="1"/>
+    <col min="4097" max="4097" width="53.54296875" customWidth="1"/>
+    <col min="4098" max="4098" width="29.453125" customWidth="1"/>
+    <col min="4099" max="4099" width="34.26953125" customWidth="1"/>
+    <col min="4100" max="4100" width="26.453125" customWidth="1"/>
+    <col min="4101" max="4101" width="21.7265625" customWidth="1"/>
     <col min="4102" max="4102" width="14" customWidth="1"/>
-    <col min="4103" max="4103" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4357" max="4357" width="21.7109375" customWidth="1"/>
+    <col min="4103" max="4103" width="31.7265625" customWidth="1"/>
+    <col min="4353" max="4353" width="53.54296875" customWidth="1"/>
+    <col min="4354" max="4354" width="29.453125" customWidth="1"/>
+    <col min="4355" max="4355" width="34.26953125" customWidth="1"/>
+    <col min="4356" max="4356" width="26.453125" customWidth="1"/>
+    <col min="4357" max="4357" width="21.7265625" customWidth="1"/>
     <col min="4358" max="4358" width="14" customWidth="1"/>
-    <col min="4359" max="4359" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4613" max="4613" width="21.7109375" customWidth="1"/>
+    <col min="4359" max="4359" width="31.7265625" customWidth="1"/>
+    <col min="4609" max="4609" width="53.54296875" customWidth="1"/>
+    <col min="4610" max="4610" width="29.453125" customWidth="1"/>
+    <col min="4611" max="4611" width="34.26953125" customWidth="1"/>
+    <col min="4612" max="4612" width="26.453125" customWidth="1"/>
+    <col min="4613" max="4613" width="21.7265625" customWidth="1"/>
     <col min="4614" max="4614" width="14" customWidth="1"/>
-    <col min="4615" max="4615" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4869" max="4869" width="21.7109375" customWidth="1"/>
+    <col min="4615" max="4615" width="31.7265625" customWidth="1"/>
+    <col min="4865" max="4865" width="53.54296875" customWidth="1"/>
+    <col min="4866" max="4866" width="29.453125" customWidth="1"/>
+    <col min="4867" max="4867" width="34.26953125" customWidth="1"/>
+    <col min="4868" max="4868" width="26.453125" customWidth="1"/>
+    <col min="4869" max="4869" width="21.7265625" customWidth="1"/>
     <col min="4870" max="4870" width="14" customWidth="1"/>
-    <col min="4871" max="4871" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5125" max="5125" width="21.7109375" customWidth="1"/>
+    <col min="4871" max="4871" width="31.7265625" customWidth="1"/>
+    <col min="5121" max="5121" width="53.54296875" customWidth="1"/>
+    <col min="5122" max="5122" width="29.453125" customWidth="1"/>
+    <col min="5123" max="5123" width="34.26953125" customWidth="1"/>
+    <col min="5124" max="5124" width="26.453125" customWidth="1"/>
+    <col min="5125" max="5125" width="21.7265625" customWidth="1"/>
     <col min="5126" max="5126" width="14" customWidth="1"/>
-    <col min="5127" max="5127" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5381" max="5381" width="21.7109375" customWidth="1"/>
+    <col min="5127" max="5127" width="31.7265625" customWidth="1"/>
+    <col min="5377" max="5377" width="53.54296875" customWidth="1"/>
+    <col min="5378" max="5378" width="29.453125" customWidth="1"/>
+    <col min="5379" max="5379" width="34.26953125" customWidth="1"/>
+    <col min="5380" max="5380" width="26.453125" customWidth="1"/>
+    <col min="5381" max="5381" width="21.7265625" customWidth="1"/>
     <col min="5382" max="5382" width="14" customWidth="1"/>
-    <col min="5383" max="5383" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5637" max="5637" width="21.7109375" customWidth="1"/>
+    <col min="5383" max="5383" width="31.7265625" customWidth="1"/>
+    <col min="5633" max="5633" width="53.54296875" customWidth="1"/>
+    <col min="5634" max="5634" width="29.453125" customWidth="1"/>
+    <col min="5635" max="5635" width="34.26953125" customWidth="1"/>
+    <col min="5636" max="5636" width="26.453125" customWidth="1"/>
+    <col min="5637" max="5637" width="21.7265625" customWidth="1"/>
     <col min="5638" max="5638" width="14" customWidth="1"/>
-    <col min="5639" max="5639" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5893" max="5893" width="21.7109375" customWidth="1"/>
+    <col min="5639" max="5639" width="31.7265625" customWidth="1"/>
+    <col min="5889" max="5889" width="53.54296875" customWidth="1"/>
+    <col min="5890" max="5890" width="29.453125" customWidth="1"/>
+    <col min="5891" max="5891" width="34.26953125" customWidth="1"/>
+    <col min="5892" max="5892" width="26.453125" customWidth="1"/>
+    <col min="5893" max="5893" width="21.7265625" customWidth="1"/>
     <col min="5894" max="5894" width="14" customWidth="1"/>
-    <col min="5895" max="5895" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6149" max="6149" width="21.7109375" customWidth="1"/>
+    <col min="5895" max="5895" width="31.7265625" customWidth="1"/>
+    <col min="6145" max="6145" width="53.54296875" customWidth="1"/>
+    <col min="6146" max="6146" width="29.453125" customWidth="1"/>
+    <col min="6147" max="6147" width="34.26953125" customWidth="1"/>
+    <col min="6148" max="6148" width="26.453125" customWidth="1"/>
+    <col min="6149" max="6149" width="21.7265625" customWidth="1"/>
     <col min="6150" max="6150" width="14" customWidth="1"/>
-    <col min="6151" max="6151" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6405" max="6405" width="21.7109375" customWidth="1"/>
+    <col min="6151" max="6151" width="31.7265625" customWidth="1"/>
+    <col min="6401" max="6401" width="53.54296875" customWidth="1"/>
+    <col min="6402" max="6402" width="29.453125" customWidth="1"/>
+    <col min="6403" max="6403" width="34.26953125" customWidth="1"/>
+    <col min="6404" max="6404" width="26.453125" customWidth="1"/>
+    <col min="6405" max="6405" width="21.7265625" customWidth="1"/>
     <col min="6406" max="6406" width="14" customWidth="1"/>
-    <col min="6407" max="6407" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6661" max="6661" width="21.7109375" customWidth="1"/>
+    <col min="6407" max="6407" width="31.7265625" customWidth="1"/>
+    <col min="6657" max="6657" width="53.54296875" customWidth="1"/>
+    <col min="6658" max="6658" width="29.453125" customWidth="1"/>
+    <col min="6659" max="6659" width="34.26953125" customWidth="1"/>
+    <col min="6660" max="6660" width="26.453125" customWidth="1"/>
+    <col min="6661" max="6661" width="21.7265625" customWidth="1"/>
     <col min="6662" max="6662" width="14" customWidth="1"/>
-    <col min="6663" max="6663" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6917" max="6917" width="21.7109375" customWidth="1"/>
+    <col min="6663" max="6663" width="31.7265625" customWidth="1"/>
+    <col min="6913" max="6913" width="53.54296875" customWidth="1"/>
+    <col min="6914" max="6914" width="29.453125" customWidth="1"/>
+    <col min="6915" max="6915" width="34.26953125" customWidth="1"/>
+    <col min="6916" max="6916" width="26.453125" customWidth="1"/>
+    <col min="6917" max="6917" width="21.7265625" customWidth="1"/>
     <col min="6918" max="6918" width="14" customWidth="1"/>
-    <col min="6919" max="6919" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7173" max="7173" width="21.7109375" customWidth="1"/>
+    <col min="6919" max="6919" width="31.7265625" customWidth="1"/>
+    <col min="7169" max="7169" width="53.54296875" customWidth="1"/>
+    <col min="7170" max="7170" width="29.453125" customWidth="1"/>
+    <col min="7171" max="7171" width="34.26953125" customWidth="1"/>
+    <col min="7172" max="7172" width="26.453125" customWidth="1"/>
+    <col min="7173" max="7173" width="21.7265625" customWidth="1"/>
     <col min="7174" max="7174" width="14" customWidth="1"/>
-    <col min="7175" max="7175" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7429" max="7429" width="21.7109375" customWidth="1"/>
+    <col min="7175" max="7175" width="31.7265625" customWidth="1"/>
+    <col min="7425" max="7425" width="53.54296875" customWidth="1"/>
+    <col min="7426" max="7426" width="29.453125" customWidth="1"/>
+    <col min="7427" max="7427" width="34.26953125" customWidth="1"/>
+    <col min="7428" max="7428" width="26.453125" customWidth="1"/>
+    <col min="7429" max="7429" width="21.7265625" customWidth="1"/>
     <col min="7430" max="7430" width="14" customWidth="1"/>
-    <col min="7431" max="7431" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7685" max="7685" width="21.7109375" customWidth="1"/>
+    <col min="7431" max="7431" width="31.7265625" customWidth="1"/>
+    <col min="7681" max="7681" width="53.54296875" customWidth="1"/>
+    <col min="7682" max="7682" width="29.453125" customWidth="1"/>
+    <col min="7683" max="7683" width="34.26953125" customWidth="1"/>
+    <col min="7684" max="7684" width="26.453125" customWidth="1"/>
+    <col min="7685" max="7685" width="21.7265625" customWidth="1"/>
     <col min="7686" max="7686" width="14" customWidth="1"/>
-    <col min="7687" max="7687" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7941" max="7941" width="21.7109375" customWidth="1"/>
+    <col min="7687" max="7687" width="31.7265625" customWidth="1"/>
+    <col min="7937" max="7937" width="53.54296875" customWidth="1"/>
+    <col min="7938" max="7938" width="29.453125" customWidth="1"/>
+    <col min="7939" max="7939" width="34.26953125" customWidth="1"/>
+    <col min="7940" max="7940" width="26.453125" customWidth="1"/>
+    <col min="7941" max="7941" width="21.7265625" customWidth="1"/>
     <col min="7942" max="7942" width="14" customWidth="1"/>
-    <col min="7943" max="7943" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8197" max="8197" width="21.7109375" customWidth="1"/>
+    <col min="7943" max="7943" width="31.7265625" customWidth="1"/>
+    <col min="8193" max="8193" width="53.54296875" customWidth="1"/>
+    <col min="8194" max="8194" width="29.453125" customWidth="1"/>
+    <col min="8195" max="8195" width="34.26953125" customWidth="1"/>
+    <col min="8196" max="8196" width="26.453125" customWidth="1"/>
+    <col min="8197" max="8197" width="21.7265625" customWidth="1"/>
     <col min="8198" max="8198" width="14" customWidth="1"/>
-    <col min="8199" max="8199" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8453" max="8453" width="21.7109375" customWidth="1"/>
+    <col min="8199" max="8199" width="31.7265625" customWidth="1"/>
+    <col min="8449" max="8449" width="53.54296875" customWidth="1"/>
+    <col min="8450" max="8450" width="29.453125" customWidth="1"/>
+    <col min="8451" max="8451" width="34.26953125" customWidth="1"/>
+    <col min="8452" max="8452" width="26.453125" customWidth="1"/>
+    <col min="8453" max="8453" width="21.7265625" customWidth="1"/>
     <col min="8454" max="8454" width="14" customWidth="1"/>
-    <col min="8455" max="8455" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8709" max="8709" width="21.7109375" customWidth="1"/>
+    <col min="8455" max="8455" width="31.7265625" customWidth="1"/>
+    <col min="8705" max="8705" width="53.54296875" customWidth="1"/>
+    <col min="8706" max="8706" width="29.453125" customWidth="1"/>
+    <col min="8707" max="8707" width="34.26953125" customWidth="1"/>
+    <col min="8708" max="8708" width="26.453125" customWidth="1"/>
+    <col min="8709" max="8709" width="21.7265625" customWidth="1"/>
     <col min="8710" max="8710" width="14" customWidth="1"/>
-    <col min="8711" max="8711" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8965" max="8965" width="21.7109375" customWidth="1"/>
+    <col min="8711" max="8711" width="31.7265625" customWidth="1"/>
+    <col min="8961" max="8961" width="53.54296875" customWidth="1"/>
+    <col min="8962" max="8962" width="29.453125" customWidth="1"/>
+    <col min="8963" max="8963" width="34.26953125" customWidth="1"/>
+    <col min="8964" max="8964" width="26.453125" customWidth="1"/>
+    <col min="8965" max="8965" width="21.7265625" customWidth="1"/>
     <col min="8966" max="8966" width="14" customWidth="1"/>
-    <col min="8967" max="8967" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9221" max="9221" width="21.7109375" customWidth="1"/>
+    <col min="8967" max="8967" width="31.7265625" customWidth="1"/>
+    <col min="9217" max="9217" width="53.54296875" customWidth="1"/>
+    <col min="9218" max="9218" width="29.453125" customWidth="1"/>
+    <col min="9219" max="9219" width="34.26953125" customWidth="1"/>
+    <col min="9220" max="9220" width="26.453125" customWidth="1"/>
+    <col min="9221" max="9221" width="21.7265625" customWidth="1"/>
     <col min="9222" max="9222" width="14" customWidth="1"/>
-    <col min="9223" max="9223" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9477" max="9477" width="21.7109375" customWidth="1"/>
+    <col min="9223" max="9223" width="31.7265625" customWidth="1"/>
+    <col min="9473" max="9473" width="53.54296875" customWidth="1"/>
+    <col min="9474" max="9474" width="29.453125" customWidth="1"/>
+    <col min="9475" max="9475" width="34.26953125" customWidth="1"/>
+    <col min="9476" max="9476" width="26.453125" customWidth="1"/>
+    <col min="9477" max="9477" width="21.7265625" customWidth="1"/>
     <col min="9478" max="9478" width="14" customWidth="1"/>
-    <col min="9479" max="9479" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9733" max="9733" width="21.7109375" customWidth="1"/>
+    <col min="9479" max="9479" width="31.7265625" customWidth="1"/>
+    <col min="9729" max="9729" width="53.54296875" customWidth="1"/>
+    <col min="9730" max="9730" width="29.453125" customWidth="1"/>
+    <col min="9731" max="9731" width="34.26953125" customWidth="1"/>
+    <col min="9732" max="9732" width="26.453125" customWidth="1"/>
+    <col min="9733" max="9733" width="21.7265625" customWidth="1"/>
     <col min="9734" max="9734" width="14" customWidth="1"/>
-    <col min="9735" max="9735" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9989" max="9989" width="21.7109375" customWidth="1"/>
+    <col min="9735" max="9735" width="31.7265625" customWidth="1"/>
+    <col min="9985" max="9985" width="53.54296875" customWidth="1"/>
+    <col min="9986" max="9986" width="29.453125" customWidth="1"/>
+    <col min="9987" max="9987" width="34.26953125" customWidth="1"/>
+    <col min="9988" max="9988" width="26.453125" customWidth="1"/>
+    <col min="9989" max="9989" width="21.7265625" customWidth="1"/>
     <col min="9990" max="9990" width="14" customWidth="1"/>
-    <col min="9991" max="9991" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10245" max="10245" width="21.7109375" customWidth="1"/>
+    <col min="9991" max="9991" width="31.7265625" customWidth="1"/>
+    <col min="10241" max="10241" width="53.54296875" customWidth="1"/>
+    <col min="10242" max="10242" width="29.453125" customWidth="1"/>
+    <col min="10243" max="10243" width="34.26953125" customWidth="1"/>
+    <col min="10244" max="10244" width="26.453125" customWidth="1"/>
+    <col min="10245" max="10245" width="21.7265625" customWidth="1"/>
     <col min="10246" max="10246" width="14" customWidth="1"/>
-    <col min="10247" max="10247" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10501" max="10501" width="21.7109375" customWidth="1"/>
+    <col min="10247" max="10247" width="31.7265625" customWidth="1"/>
+    <col min="10497" max="10497" width="53.54296875" customWidth="1"/>
+    <col min="10498" max="10498" width="29.453125" customWidth="1"/>
+    <col min="10499" max="10499" width="34.26953125" customWidth="1"/>
+    <col min="10500" max="10500" width="26.453125" customWidth="1"/>
+    <col min="10501" max="10501" width="21.7265625" customWidth="1"/>
     <col min="10502" max="10502" width="14" customWidth="1"/>
-    <col min="10503" max="10503" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10757" max="10757" width="21.7109375" customWidth="1"/>
+    <col min="10503" max="10503" width="31.7265625" customWidth="1"/>
+    <col min="10753" max="10753" width="53.54296875" customWidth="1"/>
+    <col min="10754" max="10754" width="29.453125" customWidth="1"/>
+    <col min="10755" max="10755" width="34.26953125" customWidth="1"/>
+    <col min="10756" max="10756" width="26.453125" customWidth="1"/>
+    <col min="10757" max="10757" width="21.7265625" customWidth="1"/>
     <col min="10758" max="10758" width="14" customWidth="1"/>
-    <col min="10759" max="10759" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11013" max="11013" width="21.7109375" customWidth="1"/>
+    <col min="10759" max="10759" width="31.7265625" customWidth="1"/>
+    <col min="11009" max="11009" width="53.54296875" customWidth="1"/>
+    <col min="11010" max="11010" width="29.453125" customWidth="1"/>
+    <col min="11011" max="11011" width="34.26953125" customWidth="1"/>
+    <col min="11012" max="11012" width="26.453125" customWidth="1"/>
+    <col min="11013" max="11013" width="21.7265625" customWidth="1"/>
     <col min="11014" max="11014" width="14" customWidth="1"/>
-    <col min="11015" max="11015" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11269" max="11269" width="21.7109375" customWidth="1"/>
+    <col min="11015" max="11015" width="31.7265625" customWidth="1"/>
+    <col min="11265" max="11265" width="53.54296875" customWidth="1"/>
+    <col min="11266" max="11266" width="29.453125" customWidth="1"/>
+    <col min="11267" max="11267" width="34.26953125" customWidth="1"/>
+    <col min="11268" max="11268" width="26.453125" customWidth="1"/>
+    <col min="11269" max="11269" width="21.7265625" customWidth="1"/>
     <col min="11270" max="11270" width="14" customWidth="1"/>
-    <col min="11271" max="11271" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11525" max="11525" width="21.7109375" customWidth="1"/>
+    <col min="11271" max="11271" width="31.7265625" customWidth="1"/>
+    <col min="11521" max="11521" width="53.54296875" customWidth="1"/>
+    <col min="11522" max="11522" width="29.453125" customWidth="1"/>
+    <col min="11523" max="11523" width="34.26953125" customWidth="1"/>
+    <col min="11524" max="11524" width="26.453125" customWidth="1"/>
+    <col min="11525" max="11525" width="21.7265625" customWidth="1"/>
     <col min="11526" max="11526" width="14" customWidth="1"/>
-    <col min="11527" max="11527" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11781" max="11781" width="21.7109375" customWidth="1"/>
+    <col min="11527" max="11527" width="31.7265625" customWidth="1"/>
+    <col min="11777" max="11777" width="53.54296875" customWidth="1"/>
+    <col min="11778" max="11778" width="29.453125" customWidth="1"/>
+    <col min="11779" max="11779" width="34.26953125" customWidth="1"/>
+    <col min="11780" max="11780" width="26.453125" customWidth="1"/>
+    <col min="11781" max="11781" width="21.7265625" customWidth="1"/>
     <col min="11782" max="11782" width="14" customWidth="1"/>
-    <col min="11783" max="11783" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12037" max="12037" width="21.7109375" customWidth="1"/>
+    <col min="11783" max="11783" width="31.7265625" customWidth="1"/>
+    <col min="12033" max="12033" width="53.54296875" customWidth="1"/>
+    <col min="12034" max="12034" width="29.453125" customWidth="1"/>
+    <col min="12035" max="12035" width="34.26953125" customWidth="1"/>
+    <col min="12036" max="12036" width="26.453125" customWidth="1"/>
+    <col min="12037" max="12037" width="21.7265625" customWidth="1"/>
     <col min="12038" max="12038" width="14" customWidth="1"/>
-    <col min="12039" max="12039" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12293" max="12293" width="21.7109375" customWidth="1"/>
+    <col min="12039" max="12039" width="31.7265625" customWidth="1"/>
+    <col min="12289" max="12289" width="53.54296875" customWidth="1"/>
+    <col min="12290" max="12290" width="29.453125" customWidth="1"/>
+    <col min="12291" max="12291" width="34.26953125" customWidth="1"/>
+    <col min="12292" max="12292" width="26.453125" customWidth="1"/>
+    <col min="12293" max="12293" width="21.7265625" customWidth="1"/>
     <col min="12294" max="12294" width="14" customWidth="1"/>
-    <col min="12295" max="12295" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12549" max="12549" width="21.7109375" customWidth="1"/>
+    <col min="12295" max="12295" width="31.7265625" customWidth="1"/>
+    <col min="12545" max="12545" width="53.54296875" customWidth="1"/>
+    <col min="12546" max="12546" width="29.453125" customWidth="1"/>
+    <col min="12547" max="12547" width="34.26953125" customWidth="1"/>
+    <col min="12548" max="12548" width="26.453125" customWidth="1"/>
+    <col min="12549" max="12549" width="21.7265625" customWidth="1"/>
     <col min="12550" max="12550" width="14" customWidth="1"/>
-    <col min="12551" max="12551" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12805" max="12805" width="21.7109375" customWidth="1"/>
+    <col min="12551" max="12551" width="31.7265625" customWidth="1"/>
+    <col min="12801" max="12801" width="53.54296875" customWidth="1"/>
+    <col min="12802" max="12802" width="29.453125" customWidth="1"/>
+    <col min="12803" max="12803" width="34.26953125" customWidth="1"/>
+    <col min="12804" max="12804" width="26.453125" customWidth="1"/>
+    <col min="12805" max="12805" width="21.7265625" customWidth="1"/>
     <col min="12806" max="12806" width="14" customWidth="1"/>
-    <col min="12807" max="12807" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13061" max="13061" width="21.7109375" customWidth="1"/>
+    <col min="12807" max="12807" width="31.7265625" customWidth="1"/>
+    <col min="13057" max="13057" width="53.54296875" customWidth="1"/>
+    <col min="13058" max="13058" width="29.453125" customWidth="1"/>
+    <col min="13059" max="13059" width="34.26953125" customWidth="1"/>
+    <col min="13060" max="13060" width="26.453125" customWidth="1"/>
+    <col min="13061" max="13061" width="21.7265625" customWidth="1"/>
     <col min="13062" max="13062" width="14" customWidth="1"/>
-    <col min="13063" max="13063" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13317" max="13317" width="21.7109375" customWidth="1"/>
+    <col min="13063" max="13063" width="31.7265625" customWidth="1"/>
+    <col min="13313" max="13313" width="53.54296875" customWidth="1"/>
+    <col min="13314" max="13314" width="29.453125" customWidth="1"/>
+    <col min="13315" max="13315" width="34.26953125" customWidth="1"/>
+    <col min="13316" max="13316" width="26.453125" customWidth="1"/>
+    <col min="13317" max="13317" width="21.7265625" customWidth="1"/>
     <col min="13318" max="13318" width="14" customWidth="1"/>
-    <col min="13319" max="13319" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13573" max="13573" width="21.7109375" customWidth="1"/>
+    <col min="13319" max="13319" width="31.7265625" customWidth="1"/>
+    <col min="13569" max="13569" width="53.54296875" customWidth="1"/>
+    <col min="13570" max="13570" width="29.453125" customWidth="1"/>
+    <col min="13571" max="13571" width="34.26953125" customWidth="1"/>
+    <col min="13572" max="13572" width="26.453125" customWidth="1"/>
+    <col min="13573" max="13573" width="21.7265625" customWidth="1"/>
     <col min="13574" max="13574" width="14" customWidth="1"/>
-    <col min="13575" max="13575" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13829" max="13829" width="21.7109375" customWidth="1"/>
+    <col min="13575" max="13575" width="31.7265625" customWidth="1"/>
+    <col min="13825" max="13825" width="53.54296875" customWidth="1"/>
+    <col min="13826" max="13826" width="29.453125" customWidth="1"/>
+    <col min="13827" max="13827" width="34.26953125" customWidth="1"/>
+    <col min="13828" max="13828" width="26.453125" customWidth="1"/>
+    <col min="13829" max="13829" width="21.7265625" customWidth="1"/>
     <col min="13830" max="13830" width="14" customWidth="1"/>
-    <col min="13831" max="13831" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14085" max="14085" width="21.7109375" customWidth="1"/>
+    <col min="13831" max="13831" width="31.7265625" customWidth="1"/>
+    <col min="14081" max="14081" width="53.54296875" customWidth="1"/>
+    <col min="14082" max="14082" width="29.453125" customWidth="1"/>
+    <col min="14083" max="14083" width="34.26953125" customWidth="1"/>
+    <col min="14084" max="14084" width="26.453125" customWidth="1"/>
+    <col min="14085" max="14085" width="21.7265625" customWidth="1"/>
     <col min="14086" max="14086" width="14" customWidth="1"/>
-    <col min="14087" max="14087" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14341" max="14341" width="21.7109375" customWidth="1"/>
+    <col min="14087" max="14087" width="31.7265625" customWidth="1"/>
+    <col min="14337" max="14337" width="53.54296875" customWidth="1"/>
+    <col min="14338" max="14338" width="29.453125" customWidth="1"/>
+    <col min="14339" max="14339" width="34.26953125" customWidth="1"/>
+    <col min="14340" max="14340" width="26.453125" customWidth="1"/>
+    <col min="14341" max="14341" width="21.7265625" customWidth="1"/>
     <col min="14342" max="14342" width="14" customWidth="1"/>
-    <col min="14343" max="14343" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14597" max="14597" width="21.7109375" customWidth="1"/>
+    <col min="14343" max="14343" width="31.7265625" customWidth="1"/>
+    <col min="14593" max="14593" width="53.54296875" customWidth="1"/>
+    <col min="14594" max="14594" width="29.453125" customWidth="1"/>
+    <col min="14595" max="14595" width="34.26953125" customWidth="1"/>
+    <col min="14596" max="14596" width="26.453125" customWidth="1"/>
+    <col min="14597" max="14597" width="21.7265625" customWidth="1"/>
     <col min="14598" max="14598" width="14" customWidth="1"/>
-    <col min="14599" max="14599" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14853" max="14853" width="21.7109375" customWidth="1"/>
+    <col min="14599" max="14599" width="31.7265625" customWidth="1"/>
+    <col min="14849" max="14849" width="53.54296875" customWidth="1"/>
+    <col min="14850" max="14850" width="29.453125" customWidth="1"/>
+    <col min="14851" max="14851" width="34.26953125" customWidth="1"/>
+    <col min="14852" max="14852" width="26.453125" customWidth="1"/>
+    <col min="14853" max="14853" width="21.7265625" customWidth="1"/>
     <col min="14854" max="14854" width="14" customWidth="1"/>
-    <col min="14855" max="14855" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15109" max="15109" width="21.7109375" customWidth="1"/>
+    <col min="14855" max="14855" width="31.7265625" customWidth="1"/>
+    <col min="15105" max="15105" width="53.54296875" customWidth="1"/>
+    <col min="15106" max="15106" width="29.453125" customWidth="1"/>
+    <col min="15107" max="15107" width="34.26953125" customWidth="1"/>
+    <col min="15108" max="15108" width="26.453125" customWidth="1"/>
+    <col min="15109" max="15109" width="21.7265625" customWidth="1"/>
     <col min="15110" max="15110" width="14" customWidth="1"/>
-    <col min="15111" max="15111" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15365" max="15365" width="21.7109375" customWidth="1"/>
+    <col min="15111" max="15111" width="31.7265625" customWidth="1"/>
+    <col min="15361" max="15361" width="53.54296875" customWidth="1"/>
+    <col min="15362" max="15362" width="29.453125" customWidth="1"/>
+    <col min="15363" max="15363" width="34.26953125" customWidth="1"/>
+    <col min="15364" max="15364" width="26.453125" customWidth="1"/>
+    <col min="15365" max="15365" width="21.7265625" customWidth="1"/>
     <col min="15366" max="15366" width="14" customWidth="1"/>
-    <col min="15367" max="15367" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15621" max="15621" width="21.7109375" customWidth="1"/>
+    <col min="15367" max="15367" width="31.7265625" customWidth="1"/>
+    <col min="15617" max="15617" width="53.54296875" customWidth="1"/>
+    <col min="15618" max="15618" width="29.453125" customWidth="1"/>
+    <col min="15619" max="15619" width="34.26953125" customWidth="1"/>
+    <col min="15620" max="15620" width="26.453125" customWidth="1"/>
+    <col min="15621" max="15621" width="21.7265625" customWidth="1"/>
     <col min="15622" max="15622" width="14" customWidth="1"/>
-    <col min="15623" max="15623" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15877" max="15877" width="21.7109375" customWidth="1"/>
+    <col min="15623" max="15623" width="31.7265625" customWidth="1"/>
+    <col min="15873" max="15873" width="53.54296875" customWidth="1"/>
+    <col min="15874" max="15874" width="29.453125" customWidth="1"/>
+    <col min="15875" max="15875" width="34.26953125" customWidth="1"/>
+    <col min="15876" max="15876" width="26.453125" customWidth="1"/>
+    <col min="15877" max="15877" width="21.7265625" customWidth="1"/>
     <col min="15878" max="15878" width="14" customWidth="1"/>
-    <col min="15879" max="15879" width="31.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16133" max="16133" width="21.7109375" customWidth="1"/>
+    <col min="15879" max="15879" width="31.7265625" customWidth="1"/>
+    <col min="16129" max="16129" width="53.54296875" customWidth="1"/>
+    <col min="16130" max="16130" width="29.453125" customWidth="1"/>
+    <col min="16131" max="16131" width="34.26953125" customWidth="1"/>
+    <col min="16132" max="16132" width="26.453125" customWidth="1"/>
+    <col min="16133" max="16133" width="21.7265625" customWidth="1"/>
     <col min="16134" max="16134" width="14" customWidth="1"/>
-    <col min="16135" max="16135" width="31.7109375" customWidth="1"/>
+    <col min="16135" max="16135" width="31.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="3" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="62" x14ac:dyDescent="0.35">
       <c r="A2" s="14" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B2" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="9"/>
     </row>
-    <row r="3" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A3" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="E3" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="F3" s="16" t="s">
         <v>231</v>
       </c>
-      <c r="B3" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="16" t="s">
+      <c r="G3" s="10"/>
+    </row>
+    <row r="4" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A4" s="14" t="s">
+        <v>222</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="G4" s="10"/>
+    </row>
+    <row r="5" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C5" s="24" t="s">
+        <v>263</v>
+      </c>
+      <c r="D5" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="F5" s="25" t="s">
+        <v>266</v>
+      </c>
+      <c r="G5" s="26"/>
+    </row>
+    <row r="6" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A6" s="7" t="s">
+        <v>270</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C6" s="27" t="s">
+        <v>246</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="F6" s="28" t="s">
+        <v>249</v>
+      </c>
+      <c r="G6" s="10"/>
+    </row>
+    <row r="7" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A7" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C7" s="8" t="s">
         <v>232</v>
-      </c>
-[...82 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="9"/>
     </row>
-    <row r="8" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A8" s="7" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="10"/>
     </row>
-    <row r="9" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A9" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="10"/>
     </row>
-    <row r="10" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A10" s="7" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>26</v>
       </c>
       <c r="G10" s="10"/>
     </row>
-    <row r="11" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A11" s="7" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>28</v>
       </c>
       <c r="G11" s="10"/>
     </row>
-    <row r="12" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="10"/>
     </row>
-    <row r="13" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A13" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="10"/>
     </row>
-    <row r="14" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A14" s="14" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="10"/>
     </row>
-    <row r="15" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>37</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>38</v>
       </c>
       <c r="G15" s="10"/>
     </row>
-    <row r="16" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A16" s="7" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C16" s="24" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D16" s="24" t="s">
         <v>24</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="F16" s="27" t="s">
-[...4 lines deleted...]
-    <row r="17" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+      <c r="F16" s="25" t="s">
+        <v>259</v>
+      </c>
+      <c r="G16" s="26"/>
+    </row>
+    <row r="17" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A17" s="14" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C17" s="24" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D17" s="24" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="F17" s="27" t="s">
-[...4 lines deleted...]
-    <row r="18" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+      <c r="F17" s="25" t="s">
+        <v>269</v>
+      </c>
+      <c r="G17" s="26"/>
+    </row>
+    <row r="18" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A18" s="7" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>39</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="10"/>
     </row>
-    <row r="19" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A19" s="14" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>44</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="G19" s="10"/>
     </row>
-    <row r="20" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A20" s="7" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>48</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="G20" s="10"/>
     </row>
-    <row r="21" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A21" s="7" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D21" s="24" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="E21" s="24" t="s">
-        <v>260</v>
-[...6 lines deleted...]
-    <row r="22" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+        <v>256</v>
+      </c>
+      <c r="F21" s="25" t="s">
+        <v>257</v>
+      </c>
+      <c r="G21" s="26"/>
+    </row>
+    <row r="22" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A22" s="14" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>54</v>
       </c>
       <c r="G22" s="10"/>
     </row>
-    <row r="23" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>59</v>
       </c>
       <c r="G23" s="10"/>
     </row>
-    <row r="24" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A24" s="14" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>61</v>
       </c>
       <c r="G24" s="10"/>
     </row>
-    <row r="25" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A25" s="7" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E25" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>63</v>
       </c>
       <c r="G25" s="10"/>
     </row>
-    <row r="26" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A26" s="7" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>64</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>65</v>
       </c>
       <c r="G26" s="10"/>
     </row>
-    <row r="27" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A27" s="14" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="8" t="s">
         <v>67</v>
       </c>
       <c r="G27" s="10"/>
     </row>
-    <row r="28" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A28" s="7" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>66</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>68</v>
       </c>
       <c r="G28" s="10"/>
     </row>
-    <row r="29" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A29" s="14" t="s">
         <v>69</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>72</v>
       </c>
       <c r="F29" s="8" t="s">
         <v>73</v>
       </c>
       <c r="G29" s="10"/>
     </row>
-    <row r="30" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A30" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>75</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>72</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>76</v>
       </c>
       <c r="G30" s="10"/>
     </row>
-    <row r="31" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A31" s="7" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>77</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>72</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>78</v>
       </c>
       <c r="G31" s="10"/>
     </row>
-    <row r="32" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A32" s="14" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>79</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E32" s="8" t="s">
         <v>81</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>82</v>
       </c>
       <c r="G32" s="10"/>
     </row>
-    <row r="33" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A33" s="7" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>83</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>85</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>86</v>
       </c>
       <c r="G33" s="10"/>
     </row>
-    <row r="34" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A34" s="14" t="s">
         <v>87</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>88</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>90</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>91</v>
       </c>
       <c r="G34" s="10"/>
     </row>
-    <row r="35" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-    <row r="36" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A35" s="29" t="s">
+        <v>311</v>
+      </c>
+      <c r="B35" s="30" t="s">
+        <v>277</v>
+      </c>
+      <c r="C35" s="31" t="s">
+        <v>312</v>
+      </c>
+      <c r="D35" s="31" t="s">
+        <v>313</v>
+      </c>
+      <c r="E35" s="31" t="s">
+        <v>310</v>
+      </c>
+      <c r="F35" s="32" t="s">
+        <v>309</v>
+      </c>
+      <c r="G35" s="33"/>
+    </row>
+    <row r="36" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A36" s="7" t="s">
-        <v>93</v>
+        <v>240</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>277</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>237</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>238</v>
+      </c>
+      <c r="F36" s="23" t="s">
+        <v>239</v>
       </c>
       <c r="G36" s="10"/>
     </row>
-    <row r="37" spans="1:7" s="3" customFormat="1" ht="63" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>98</v>
+    <row r="37" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A37" s="7" t="s">
+        <v>93</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="8" t="s">
         <v>96</v>
       </c>
       <c r="F37" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="G37" s="10"/>
+    </row>
+    <row r="38" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A38" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="F38" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="G37" s="10"/>
-[...2 lines deleted...]
-      <c r="A38" s="7" t="s">
+      <c r="G38" s="10"/>
+    </row>
+    <row r="39" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A39" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="B38" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="8" t="s">
+      <c r="B39" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C39" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="D38" s="8" t="s">
+      <c r="D39" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="E38" s="8" t="s">
+      <c r="E39" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="F38" s="8" t="s">
+      <c r="F39" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="G38" s="10"/>
-[...8 lines deleted...]
-      <c r="C39" s="8" t="s">
+      <c r="G39" s="10"/>
+    </row>
+    <row r="40" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A40" s="14" t="s">
+        <v>295</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C40" s="8" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E40" s="8" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="G40" s="10"/>
+    </row>
+    <row r="41" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A41" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="F41" s="8" t="s">
         <v>110</v>
       </c>
-      <c r="G40" s="10"/>
-[...2 lines deleted...]
-      <c r="A41" s="7" t="s">
+      <c r="G41" s="10"/>
+    </row>
+    <row r="42" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A42" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="B41" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="8" t="s">
+      <c r="B42" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C42" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="D41" s="8" t="s">
+      <c r="D42" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="E41" s="8" t="s">
+      <c r="E42" s="8" t="s">
         <v>114</v>
       </c>
-      <c r="F41" s="8" t="s">
+      <c r="F42" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="G41" s="10"/>
-[...2 lines deleted...]
-      <c r="A42" s="14" t="s">
+      <c r="G42" s="10"/>
+    </row>
+    <row r="43" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A43" s="14" t="s">
         <v>116</v>
       </c>
-      <c r="B42" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="8" t="s">
+      <c r="B43" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" s="8" t="s">
         <v>117</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="D43" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="E42" s="8" t="s">
+      <c r="E43" s="8" t="s">
         <v>119</v>
       </c>
-      <c r="F42" s="8" t="s">
+      <c r="F43" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="G42" s="10"/>
-[...2 lines deleted...]
-      <c r="A43" s="7" t="s">
+      <c r="G43" s="10"/>
+    </row>
+    <row r="44" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A44" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="B43" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="8" t="s">
+      <c r="B44" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" s="8" t="s">
         <v>121</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="D44" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="E43" s="8" t="s">
+      <c r="E44" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="F43" s="8" t="s">
+      <c r="F44" s="8" t="s">
         <v>123</v>
       </c>
-      <c r="G43" s="10"/>
-[...8 lines deleted...]
-      <c r="C44" s="8" t="s">
+      <c r="G44" s="10"/>
+    </row>
+    <row r="45" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A45" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C45" s="8" t="s">
         <v>124</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E45" s="8" t="s">
         <v>126</v>
       </c>
       <c r="F45" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="G45" s="10"/>
+    </row>
+    <row r="46" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A46" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="F46" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="G45" s="10"/>
-[...8 lines deleted...]
-      <c r="C46" s="8" t="s">
+      <c r="G46" s="10"/>
+    </row>
+    <row r="47" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A47" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="D47" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="E46" s="8" t="s">
+      <c r="E47" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="F46" s="8" t="s">
+      <c r="F47" s="8" t="s">
         <v>134</v>
       </c>
-      <c r="G46" s="10"/>
-[...2 lines deleted...]
-      <c r="A47" s="14" t="s">
+      <c r="G47" s="10"/>
+    </row>
+    <row r="48" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A48" s="14" t="s">
         <v>135</v>
       </c>
-      <c r="B47" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="8" t="s">
+      <c r="B48" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C48" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="D47" s="8" t="s">
+      <c r="D48" s="8" t="s">
         <v>137</v>
       </c>
-      <c r="E47" s="8" t="s">
+      <c r="E48" s="8" t="s">
         <v>138</v>
       </c>
-      <c r="F47" s="8" t="s">
+      <c r="F48" s="8" t="s">
         <v>139</v>
       </c>
-      <c r="G47" s="10"/>
-[...8 lines deleted...]
-      <c r="C48" s="8" t="s">
+      <c r="G48" s="10"/>
+    </row>
+    <row r="49" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A49" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C49" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="D48" s="8" t="s">
+      <c r="D49" s="8" t="s">
         <v>141</v>
       </c>
-      <c r="E48" s="8" t="s">
+      <c r="E49" s="8" t="s">
         <v>142</v>
       </c>
-      <c r="F48" s="8" t="s">
+      <c r="F49" s="8" t="s">
         <v>143</v>
       </c>
-      <c r="G48" s="10"/>
-[...2 lines deleted...]
-      <c r="A49" s="7" t="s">
+      <c r="G49" s="10"/>
+    </row>
+    <row r="50" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A50" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="B49" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="8" t="s">
+      <c r="B50" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C50" s="8" t="s">
         <v>147</v>
-      </c>
-[...19 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>148</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="F50" s="22" t="s">
+      <c r="F50" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="G50" s="10"/>
+    </row>
+    <row r="51" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A51" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C51" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="F51" s="22" t="s">
         <v>146</v>
       </c>
-      <c r="G50" s="10"/>
-[...8 lines deleted...]
-      <c r="C51" s="8" t="s">
+      <c r="G51" s="10"/>
+    </row>
+    <row r="52" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A52" s="14" t="s">
+        <v>274</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C52" s="8" t="s">
         <v>150</v>
       </c>
-      <c r="D51" s="8" t="s">
+      <c r="D52" s="8" t="s">
         <v>151</v>
       </c>
-      <c r="E51" s="8" t="s">
+      <c r="E52" s="8" t="s">
         <v>152</v>
       </c>
-      <c r="F51" s="8" t="s">
+      <c r="F52" s="8" t="s">
         <v>153</v>
       </c>
-      <c r="G51" s="10"/>
-[...8 lines deleted...]
-      <c r="C52" s="8" t="s">
+      <c r="G52" s="10"/>
+    </row>
+    <row r="53" spans="1:7" s="3" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+      <c r="A53" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C53" s="8" t="s">
         <v>154</v>
-      </c>
-[...19 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>155</v>
       </c>
       <c r="E53" s="8" t="s">
         <v>156</v>
       </c>
       <c r="F53" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="G53" s="10"/>
+    </row>
+    <row r="54" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A54" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="F54" s="8" t="s">
         <v>159</v>
       </c>
-      <c r="G53" s="10"/>
-[...8 lines deleted...]
-      <c r="C54" s="8" t="s">
+      <c r="G54" s="10"/>
+    </row>
+    <row r="55" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A55" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" s="8" t="s">
         <v>160</v>
-      </c>
-[...19 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>161</v>
       </c>
       <c r="E55" s="8" t="s">
         <v>162</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G55" s="10"/>
     </row>
-    <row r="56" spans="1:7" ht="63" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>304</v>
+    <row r="56" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A56" s="7" t="s">
+        <v>164</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>161</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>162</v>
       </c>
       <c r="F56" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="G56" s="10"/>
+    </row>
+    <row r="57" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A57" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C57" s="8" t="s">
         <v>168</v>
       </c>
-      <c r="G56" s="10"/>
-[...2 lines deleted...]
-      <c r="A57" s="7" t="s">
+      <c r="D57" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="B57" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="8" t="s">
+      <c r="E57" s="8" t="s">
         <v>170</v>
       </c>
-      <c r="D57" s="8" t="s">
+      <c r="F57" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="E57" s="8" t="s">
+      <c r="G57" s="10"/>
+    </row>
+    <row r="58" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A58" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C58" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="F57" s="8" t="s">
+      <c r="D58" s="8" t="s">
         <v>173</v>
       </c>
-      <c r="G57" s="10"/>
-[...2 lines deleted...]
-      <c r="A58" s="14" t="s">
+      <c r="E58" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="G58" s="10"/>
+    </row>
+    <row r="59" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A59" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="F59" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="G59" s="10"/>
+    </row>
+    <row r="60" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A60" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C60" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="D60" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="E60" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="F60" s="25" t="s">
+        <v>262</v>
+      </c>
+      <c r="G60" s="26"/>
+    </row>
+    <row r="61" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A61" s="14" t="s">
+        <v>178</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="G61" s="10"/>
+    </row>
+    <row r="62" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A62" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="E62" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="F62" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="G62" s="10"/>
+    </row>
+    <row r="63" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A63" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="B63" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>233</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>234</v>
+      </c>
+      <c r="E63" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="F63" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="G63" s="10"/>
+    </row>
+    <row r="64" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A64" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="B64" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C64" s="37" t="s">
+        <v>242</v>
+      </c>
+      <c r="D64" s="17" t="s">
+        <v>243</v>
+      </c>
+      <c r="E64" s="17" t="s">
+        <v>244</v>
+      </c>
+      <c r="F64" s="39" t="s">
+        <v>245</v>
+      </c>
+      <c r="G64" s="19"/>
+    </row>
+    <row r="65" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A65" s="29" t="s">
+        <v>321</v>
+      </c>
+      <c r="B65" s="30" t="s">
+        <v>277</v>
+      </c>
+      <c r="C65" s="31" t="s">
+        <v>314</v>
+      </c>
+      <c r="D65" s="31" t="s">
+        <v>319</v>
+      </c>
+      <c r="E65" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="F65" s="32" t="s">
+        <v>315</v>
+      </c>
+      <c r="G65" s="34"/>
+    </row>
+    <row r="66" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A66" s="29" t="s">
+        <v>320</v>
+      </c>
+      <c r="B66" s="30" t="s">
+        <v>277</v>
+      </c>
+      <c r="C66" s="31" t="s">
+        <v>317</v>
+      </c>
+      <c r="D66" s="31" t="s">
+        <v>318</v>
+      </c>
+      <c r="E66" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="F66" s="32" t="s">
+        <v>316</v>
+      </c>
+      <c r="G66" s="34"/>
+    </row>
+    <row r="67" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A67" s="14" t="s">
+        <v>301</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C67" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="D67" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="F67" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="G67" s="19"/>
+    </row>
+    <row r="68" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A68" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="B68" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C68" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="F68" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="G68" s="19"/>
+    </row>
+    <row r="69" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A69" s="14" t="s">
+        <v>193</v>
+      </c>
+      <c r="B69" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D69" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="F69" s="20" t="s">
+        <v>198</v>
+      </c>
+      <c r="G69" s="19"/>
+    </row>
+    <row r="70" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A70" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C70" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>201</v>
+      </c>
+      <c r="E70" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="F70" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="G70" s="10"/>
+    </row>
+    <row r="71" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A71" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="B71" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C71" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="D71" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="E71" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="F71" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="G71" s="10"/>
+    </row>
+    <row r="72" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A72" s="14" t="s">
+        <v>303</v>
+      </c>
+      <c r="B72" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C72" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="D72" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="F72" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="G72" s="10"/>
+    </row>
+    <row r="73" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A73" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="F73" s="20" t="s">
+        <v>208</v>
+      </c>
+      <c r="G73" s="19"/>
+    </row>
+    <row r="74" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A74" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C74" s="38" t="s">
+        <v>251</v>
+      </c>
+      <c r="D74" s="38" t="s">
+        <v>252</v>
+      </c>
+      <c r="E74" s="38" t="s">
+        <v>189</v>
+      </c>
+      <c r="F74" s="40" t="s">
+        <v>253</v>
+      </c>
+      <c r="G74" s="41"/>
+    </row>
+    <row r="75" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A75" s="7" t="s">
         <v>305</v>
       </c>
-      <c r="B58" s="8" t="s">
-[...17 lines deleted...]
-      <c r="A59" s="7" t="s">
+      <c r="B75" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>209</v>
+      </c>
+      <c r="D75" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="F75" s="20" t="s">
+        <v>212</v>
+      </c>
+      <c r="G75" s="19"/>
+    </row>
+    <row r="76" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A76" s="35" t="s">
         <v>306</v>
       </c>
-      <c r="B59" s="8" t="s">
-[...143 lines deleted...]
-      <c r="A66" s="14" t="s">
+      <c r="B76" s="17" t="s">
+        <v>277</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="D76" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="F76" s="20" t="s">
+        <v>216</v>
+      </c>
+      <c r="G76" s="19"/>
+    </row>
+    <row r="77" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A77" s="36" t="s">
         <v>307</v>
       </c>
-      <c r="B66" s="8" t="s">
-[...173 lines deleted...]
-      <c r="D74" s="11" t="s">
+      <c r="B77" s="17" t="s">
+        <v>277</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="D77" s="18" t="s">
         <v>214</v>
       </c>
-      <c r="E74" s="11" t="s">
+      <c r="E77" s="18" t="s">
         <v>215</v>
       </c>
-      <c r="F74" s="12" t="s">
-[...14 lines deleted...]
-      <c r="D75" s="18" t="s">
+      <c r="F77" s="20" t="s">
         <v>218</v>
       </c>
-      <c r="E75" s="18" t="s">
+      <c r="G77" s="19"/>
+    </row>
+    <row r="78" spans="1:7" ht="62" x14ac:dyDescent="0.35">
+      <c r="A78" s="35" t="s">
         <v>219</v>
       </c>
-      <c r="F75" s="20" t="s">
+      <c r="B78" s="17" t="s">
+        <v>277</v>
+      </c>
+      <c r="C78" s="18" t="s">
         <v>220</v>
       </c>
-      <c r="G75" s="19"/>
-[...8 lines deleted...]
-      <c r="C76" s="18" t="s">
+      <c r="D78" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="F78" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="D76" s="18" t="s">
-[...29 lines deleted...]
-      <c r="G77" s="19"/>
+      <c r="G78" s="19"/>
     </row>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>