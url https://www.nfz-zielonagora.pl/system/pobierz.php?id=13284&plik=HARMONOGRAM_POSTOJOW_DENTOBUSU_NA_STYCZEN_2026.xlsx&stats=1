--- v0 (2026-01-09)
+++ v1 (2026-03-17)
@@ -3,70 +3,70 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a.jarzabek\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.branicka\Desktop\2025\publikacje WWW\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-705" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="harmonogram" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913" iterateDelta="252"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="120">
   <si>
     <t>RODZAJ ŚWIADCZEŃ: LECZENIE STOMATOLOGICZNE (ŚWIADCZENIA UDZIELANE W DENTOBUSIE)</t>
   </si>
   <si>
     <t>obszar udzielania świadczeń: lubuskie</t>
   </si>
   <si>
     <t>DATA POSTOJU</t>
   </si>
   <si>
     <t>DZIEŃ TYGODNIA</t>
   </si>
   <si>
     <t>MIEJSCE POSTOJU DENTOBUSU NAZWA POWIATU</t>
   </si>
   <si>
     <t>MIEJSCE POSTOJU DENTOBUSU NAZWA GMINY</t>
   </si>
   <si>
     <t>MIEJSCE POSTOJU DENTOBUSU/ NAZWA MIASTO/WIEŚ</t>
   </si>
   <si>
     <t>GODZINA POSTOJU OD</t>
   </si>
   <si>
@@ -373,63 +373,73 @@
     <t>Zespół Szkolno - Przedszkolny w Lubniewicach</t>
   </si>
   <si>
     <t>Szkoła Podstawowa Im. Ignacego Łukasiewicza w Maszewie</t>
   </si>
   <si>
     <t>Przedszkole Publiczne Maszewo</t>
   </si>
   <si>
     <t>Szkoła Podstawowa w Wawrowie im. Sybiraków</t>
   </si>
   <si>
     <t>Zespół Edukacyjny w Kołczynie</t>
   </si>
   <si>
     <t>Zespół Edukacyjny w Gądkowie Wielkim</t>
   </si>
   <si>
     <t>Szkoła Podstawowa w Walewicach</t>
   </si>
   <si>
     <t>66-100 Buków, Buków 53</t>
   </si>
   <si>
     <t>Szkoła Podstawowa im. Polskich Strażaków w Trzemesznie Lubuskie</t>
+  </si>
+  <si>
+    <t>Wędrzyn</t>
+  </si>
+  <si>
+    <t>Szkoła Podstawowa im. Żołnierza Polskiego w Wędrzynie</t>
+  </si>
+  <si>
+    <t> 69-211 Wędrzyn, Wędrzyn 31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="4">
+  <numFmts count="5">
     <numFmt numFmtId="164" formatCode="[$-415]General"/>
     <numFmt numFmtId="165" formatCode="#,##0.00&quot; &quot;[$zł-415];[Red]&quot;-&quot;#,##0.00&quot; &quot;[$zł-415]"/>
     <numFmt numFmtId="166" formatCode="yyyy\-mm\-dd;@"/>
     <numFmt numFmtId="167" formatCode="h:mm;@"/>
+    <numFmt numFmtId="168" formatCode="[$-415]hh&quot;:&quot;mm"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
@@ -483,50 +493,55 @@
     <font>
       <b/>
       <i/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Arial1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
@@ -757,51 +772,51 @@
       <alignment horizontal="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0">
       <alignment horizontal="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -858,50 +873,65 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="12" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="26">
     <cellStyle name="Excel Built-in Normal" xfId="2"/>
     <cellStyle name="Excel Built-in Normal 2" xfId="3"/>
     <cellStyle name="Excel Built-in Normal 3" xfId="21"/>
     <cellStyle name="Heading" xfId="4"/>
     <cellStyle name="Heading 2" xfId="5"/>
     <cellStyle name="Heading 3" xfId="22"/>
     <cellStyle name="Heading1" xfId="6"/>
     <cellStyle name="Heading1 2" xfId="7"/>
     <cellStyle name="Heading1 3" xfId="23"/>
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Normalny 2" xfId="8"/>
     <cellStyle name="Normalny 3" xfId="9"/>
     <cellStyle name="Normalny 4" xfId="10"/>
     <cellStyle name="Normalny 5" xfId="11"/>
     <cellStyle name="Normalny 6" xfId="12"/>
     <cellStyle name="Normalny 7" xfId="13"/>
     <cellStyle name="Normalny 8" xfId="20"/>
     <cellStyle name="Normalny 9" xfId="1"/>
     <cellStyle name="Result" xfId="14"/>
     <cellStyle name="Result 2" xfId="15"/>
     <cellStyle name="Result 3" xfId="16"/>
     <cellStyle name="Result 4" xfId="24"/>
@@ -1332,52 +1362,52 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Harmonogram_dentobusu" displayName="Harmonogram_dentobusu" ref="A6:I27" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9" headerRowCellStyle="Excel Built-in Normal">
-  <autoFilter ref="A6:I27"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Harmonogram_dentobusu" displayName="Harmonogram_dentobusu" ref="A6:I28" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9" headerRowCellStyle="Excel Built-in Normal">
+  <autoFilter ref="A6:I28"/>
   <tableColumns count="9">
     <tableColumn id="1" name="DATA POSTOJU" dataDxfId="8" dataCellStyle="Excel Built-in Normal"/>
     <tableColumn id="2" name="DZIEŃ TYGODNIA" dataDxfId="7" dataCellStyle="Excel Built-in Normal 3"/>
     <tableColumn id="3" name="MIEJSCE POSTOJU DENTOBUSU NAZWA POWIATU" dataDxfId="6" dataCellStyle="Excel Built-in Normal"/>
     <tableColumn id="4" name="MIEJSCE POSTOJU DENTOBUSU NAZWA GMINY" dataDxfId="5" dataCellStyle="Excel Built-in Normal"/>
     <tableColumn id="5" name="MIEJSCE POSTOJU DENTOBUSU/ NAZWA MIASTO/WIEŚ" dataDxfId="4" dataCellStyle="Excel Built-in Normal"/>
     <tableColumn id="6" name="GODZINA POSTOJU OD" dataDxfId="3" dataCellStyle="Excel Built-in Normal"/>
     <tableColumn id="7" name="GODZINA POSTOJU DO" dataDxfId="2" dataCellStyle="Excel Built-in Normal"/>
     <tableColumn id="8" name="MIEJSCE POSTOJU NAZWA" dataDxfId="1" dataCellStyle="Excel Built-in Normal 3"/>
     <tableColumn id="9" name="MIEJSCE POSTOJU ADRES" dataDxfId="0" dataCellStyle="Excel Built-in Normal"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="harmonogram postojów dentobusu" altTextSummary="Tabela przedstawia wykaz miejsc postojów dentobusu w miesiącu wrześniu 2025 realizujący zakres świadczenia udzielane w dentobusie, z którym Narodowy Fundusz Zdrowia ma podpisaną umowę. Kolumny w tabeli: data postoju, dzień tygodnia, miejsce postoju dentobusu nazwa powiatu, miejsce postoju dentobusu nazwa gminy, miejsce postoju dentobusu- nazwa- miasto/wieś, godzina postoju od, godzina postoju do, miejsce pobytu nazwa, miejsce pobytu adres."/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
@@ -1624,54 +1654,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I27"/>
+  <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A16" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A26" sqref="A26:XFD26"/>
+      <selection activeCell="E31" sqref="E31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="24.85546875" style="9" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" customWidth="1"/>
     <col min="3" max="3" width="51.28515625" customWidth="1"/>
     <col min="4" max="4" width="48.7109375" customWidth="1"/>
     <col min="5" max="5" width="56.85546875" customWidth="1"/>
     <col min="6" max="6" width="29.7109375" customWidth="1"/>
     <col min="7" max="7" width="27.85546875" customWidth="1"/>
     <col min="8" max="8" width="74" style="8" customWidth="1"/>
     <col min="9" max="9" width="47.28515625" style="8" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -2274,115 +2304,144 @@
         <v>111</v>
       </c>
       <c r="I24" s="33" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="45" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>45</v>
       </c>
       <c r="B25" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="25" t="s">
         <v>22</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F25" s="29" t="s">
         <v>71</v>
       </c>
-      <c r="G25" s="17" t="s">
-        <v>70</v>
+      <c r="G25" s="28">
+        <v>0.45833333333333331</v>
       </c>
       <c r="H25" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I25" s="33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="45" customHeight="1">
-      <c r="A26" s="16" t="s">
+      <c r="A26" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="35" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" s="36">
+        <v>0.47916666666666669</v>
+      </c>
+      <c r="G26" s="37">
+        <v>0.625</v>
+      </c>
+      <c r="H26" s="38" t="s">
+        <v>118</v>
+      </c>
+      <c r="I26" s="39" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="45" customHeight="1">
+      <c r="A27" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="B26" s="27" t="s">
-[...28 lines deleted...]
-      <c r="B27" s="17" t="s">
+      <c r="B27" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="G27" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="H27" s="30" t="s">
+        <v>113</v>
+      </c>
+      <c r="I27" s="34" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="45" customHeight="1">
+      <c r="A28" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="F27" s="28" t="s">
+      <c r="F28" s="28" t="s">
         <v>80</v>
       </c>
-      <c r="G27" s="17" t="s">
+      <c r="G28" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="H28" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="I27" s="27" t="s">
+      <c r="I28" s="27" t="s">
         <v>97</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>