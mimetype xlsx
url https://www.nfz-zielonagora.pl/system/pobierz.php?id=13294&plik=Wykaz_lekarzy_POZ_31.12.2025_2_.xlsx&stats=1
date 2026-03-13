--- v0 (2026-01-05)
+++ v1 (2026-03-13)
@@ -4,69 +4,69 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\k.cisek\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\C3AXWSBM\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.branicka\Desktop\2025\publikacje WWW\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="lekarze POZ" sheetId="1" r:id="rId1"/>
     <sheet name="rozwiązane umowy" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'lekarze POZ'!$A$1:$E$261</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'lekarze POZ'!$A$1:$E$262</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1157" uniqueCount="813">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1162" uniqueCount="816">
   <si>
     <t>Nazwa świadczeniodawcy</t>
   </si>
   <si>
     <t>ŚWIADCZENIA OGÓLNOSTOMATOLOGICZNE</t>
   </si>
   <si>
     <t>LESZEK CHLAMTACZ PRAKTYKA STOMATOLOGICZNA</t>
   </si>
   <si>
     <t>ul. Główna 2 E</t>
   </si>
   <si>
     <t>65-615</t>
   </si>
   <si>
     <t>Gronów</t>
   </si>
   <si>
     <t>68-383-21-92</t>
   </si>
   <si>
     <t>ZABOROWSKA JADWIGA INDYWIDUALNA PRAKTYKA LEKARSKA</t>
   </si>
   <si>
@@ -2620,56 +2620,65 @@
   </si>
   <si>
     <t>Numer telefonu</t>
   </si>
   <si>
     <t>NOWE KRAMSKO</t>
   </si>
   <si>
     <t>GROMADZKA</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>LUX MED SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
   </si>
   <si>
     <t xml:space="preserve">FRANCISZKA WALCZAKA </t>
   </si>
   <si>
     <t>95 855 54 33</t>
   </si>
   <si>
     <t xml:space="preserve">LWOWSKA </t>
   </si>
+  <si>
+    <t>SZCZANIEC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPACEROWA </t>
+  </si>
+  <si>
+    <t>95 783 52 00</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
@@ -2692,50 +2701,56 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
@@ -2780,51 +2795,51 @@
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -2884,50 +2899,59 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
     <cellStyle name="Normalny 2" xfId="1"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
@@ -3172,51 +3196,51 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="gabinety_POZ" displayName="gabinety_POZ" ref="A1:E261" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="gabinety_POZ" displayName="gabinety_POZ" ref="A1:E262" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5">
   <sortState ref="A2:G6">
     <sortCondition ref="E1:E6"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" name="Nazwa świadczeniodawcy" dataDxfId="4"/>
     <tableColumn id="2" name="Miasto" dataDxfId="3"/>
     <tableColumn id="3" name="Ulica" dataDxfId="2"/>
     <tableColumn id="4" name="Numer domu" dataDxfId="1"/>
     <tableColumn id="5" name="Numer telefonu" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Przychodnie podstawowej opieki zdrowotnej" altTextSummary="Tabela przedstawia wykaz przychodni gdzie przyjmują lekarze rodzinni z adresami i numerami telefonu."/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3483,54 +3507,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E261"/>
+  <dimension ref="A1:E262"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C22" sqref="C22"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="53.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="34.28515625" style="5" customWidth="1"/>
     <col min="4" max="4" width="26.42578125" style="5" customWidth="1"/>
     <col min="5" max="5" width="21.7109375" style="5" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32" t="s">
         <v>802</v>
       </c>
       <c r="C1" s="32" t="s">
         <v>803</v>
       </c>
       <c r="D1" s="32" t="s">
         <v>804</v>
       </c>
@@ -6600,1373 +6624,1390 @@
       </c>
       <c r="D182" s="19">
         <v>13</v>
       </c>
       <c r="E182" s="20" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="183" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A183" s="8" t="s">
         <v>205</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>586</v>
       </c>
       <c r="C183" s="19" t="s">
         <v>591</v>
       </c>
       <c r="D183" s="19">
         <v>1</v>
       </c>
       <c r="E183" s="6" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="184" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A184" s="8" t="s">
+    <row r="184" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A184" s="36" t="s">
+        <v>91</v>
+      </c>
+      <c r="B184" s="37" t="s">
+        <v>813</v>
+      </c>
+      <c r="C184" s="38" t="s">
+        <v>814</v>
+      </c>
+      <c r="D184" s="38" t="s">
+        <v>579</v>
+      </c>
+      <c r="E184" s="37" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A185" s="8" t="s">
         <v>555</v>
       </c>
-      <c r="B184" s="6" t="s">
+      <c r="B185" s="6" t="s">
         <v>594</v>
       </c>
-      <c r="C184" s="19" t="s">
+      <c r="C185" s="19" t="s">
         <v>184</v>
       </c>
-      <c r="D184" s="19">
+      <c r="D185" s="19">
         <v>6</v>
       </c>
-      <c r="E184" s="20" t="s">
+      <c r="E185" s="20" t="s">
         <v>595</v>
-      </c>
-[...15 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="186" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A186" s="8" t="s">
-        <v>599</v>
+        <v>341</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>596</v>
       </c>
-      <c r="C186" s="19" t="s">
-        <v>248</v>
+      <c r="C186" s="6" t="s">
+        <v>597</v>
       </c>
       <c r="D186" s="19">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E186" s="6" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="187" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A187" s="8" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>596</v>
       </c>
       <c r="C187" s="19" t="s">
         <v>248</v>
       </c>
       <c r="D187" s="19">
         <v>1</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
     </row>
     <row r="188" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A188" s="8" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>596</v>
       </c>
       <c r="C188" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="D188" s="19">
+        <v>1</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A189" s="8" t="s">
+        <v>603</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="C189" s="19" t="s">
         <v>604</v>
       </c>
-      <c r="D188" s="19">
+      <c r="D189" s="19">
         <v>32</v>
       </c>
-      <c r="E188" s="6" t="s">
+      <c r="E189" s="6" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="189" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A189" s="8" t="s">
+    <row r="190" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A190" s="8" t="s">
         <v>562</v>
       </c>
-      <c r="B189" s="6" t="s">
+      <c r="B190" s="6" t="s">
         <v>606</v>
       </c>
-      <c r="C189" s="19" t="s">
+      <c r="C190" s="19" t="s">
         <v>606</v>
       </c>
-      <c r="D189" s="19">
+      <c r="D190" s="19">
         <v>30</v>
       </c>
-      <c r="E189" s="20" t="s">
+      <c r="E190" s="20" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="190" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A190" s="8" t="s">
+    <row r="191" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A191" s="8" t="s">
         <v>303</v>
       </c>
-      <c r="B190" s="6" t="s">
+      <c r="B191" s="6" t="s">
         <v>608</v>
       </c>
-      <c r="C190" s="19" t="s">
+      <c r="C191" s="19" t="s">
         <v>609</v>
       </c>
-      <c r="D190" s="19" t="s">
+      <c r="D191" s="19" t="s">
         <v>610</v>
       </c>
-      <c r="E190" s="19" t="s">
+      <c r="E191" s="19" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="191" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A191" s="8" t="s">
+    <row r="192" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="8" t="s">
         <v>593</v>
-      </c>
-[...15 lines deleted...]
-        <v>615</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C192" s="19" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>612</v>
+      </c>
+      <c r="D192" s="19" t="s">
+        <v>613</v>
       </c>
       <c r="E192" s="6" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
     </row>
     <row r="193" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A193" s="8" t="s">
-        <v>91</v>
+      <c r="A193" s="11" t="s">
+        <v>615</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C193" s="19" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="D193" s="19">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>39</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>617</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A194" s="8" t="s">
-        <v>619</v>
+        <v>91</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C194" s="19" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="D194" s="19">
         <v>1</v>
       </c>
-      <c r="E194" s="6" t="s">
-[...5 lines deleted...]
-        <v>622</v>
+      <c r="E194" s="20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A195" s="8" t="s">
+        <v>619</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C195" s="19" t="s">
         <v>620</v>
       </c>
       <c r="D195" s="19">
         <v>1</v>
       </c>
       <c r="E195" s="6" t="s">
-        <v>623</v>
-[...4 lines deleted...]
-        <v>419</v>
+        <v>621</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A196" s="12" t="s">
+        <v>622</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C196" s="19" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="D196" s="19">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A197" s="8" t="s">
-        <v>626</v>
+        <v>419</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C197" s="19" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="D197" s="19">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E197" s="6" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A198" s="8" t="s">
         <v>626</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C198" s="19" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="D198" s="19">
         <v>1</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A199" s="8" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C199" s="19" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>628</v>
+      </c>
+      <c r="D199" s="19">
+        <v>1</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:5" ht="94.5" x14ac:dyDescent="0.25">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A200" s="8" t="s">
-        <v>261</v>
+        <v>630</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>611</v>
       </c>
       <c r="C200" s="19" t="s">
         <v>620</v>
       </c>
-      <c r="D200" s="19">
+      <c r="D200" s="22" t="s">
+        <v>631</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" ht="94.5" x14ac:dyDescent="0.25">
+      <c r="A201" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="C201" s="19" t="s">
+        <v>620</v>
+      </c>
+      <c r="D201" s="19">
         <v>1</v>
       </c>
-      <c r="E200" s="6" t="s">
+      <c r="E201" s="6" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="201" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A201" s="8" t="s">
+    <row r="202" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A202" s="8" t="s">
         <v>634</v>
       </c>
-      <c r="B201" s="6" t="s">
+      <c r="B202" s="6" t="s">
         <v>635</v>
       </c>
-      <c r="C201" s="6" t="s">
+      <c r="C202" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="D201" s="19">
+      <c r="D202" s="19">
         <v>52</v>
       </c>
-      <c r="E201" s="6" t="s">
+      <c r="E202" s="6" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="202" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A202" s="8" t="s">
+    <row r="203" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A203" s="8" t="s">
         <v>637</v>
       </c>
-      <c r="B202" s="6" t="s">
+      <c r="B203" s="6" t="s">
         <v>638</v>
       </c>
-      <c r="C202" s="19" t="s">
+      <c r="C203" s="19" t="s">
         <v>239</v>
       </c>
-      <c r="D202" s="19">
+      <c r="D203" s="19">
         <v>7</v>
       </c>
-      <c r="E202" s="20">
+      <c r="E203" s="20">
         <v>605930000</v>
-      </c>
-[...15 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A204" s="8" t="s">
-        <v>348</v>
+        <v>639</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C204" s="19" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>641</v>
+      </c>
+      <c r="D204" s="19">
+        <v>8</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A205" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="C205" s="19" t="s">
+        <v>644</v>
+      </c>
+      <c r="D205" s="19" t="s">
+        <v>252</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A206" s="8" t="s">
         <v>646</v>
       </c>
-      <c r="B205" s="6" t="s">
+      <c r="B206" s="6" t="s">
         <v>647</v>
       </c>
-      <c r="C205" s="19" t="s">
+      <c r="C206" s="19" t="s">
         <v>648</v>
       </c>
-      <c r="D205" s="19">
+      <c r="D206" s="19">
         <v>3</v>
       </c>
-      <c r="E205" s="6" t="s">
+      <c r="E206" s="6" t="s">
         <v>649</v>
       </c>
     </row>
-    <row r="206" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A206" s="8" t="s">
+    <row r="207" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A207" s="8" t="s">
         <v>650</v>
-      </c>
-[...15 lines deleted...]
-        <v>653</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>651</v>
       </c>
       <c r="C207" s="19" t="s">
         <v>251</v>
       </c>
       <c r="D207" s="19">
         <v>4</v>
       </c>
       <c r="E207" s="6" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" ht="94.5" x14ac:dyDescent="0.25">
+      <c r="A208" s="8" t="s">
+        <v>653</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="C208" s="19" t="s">
+        <v>251</v>
+      </c>
+      <c r="D208" s="19">
+        <v>4</v>
+      </c>
+      <c r="E208" s="6" t="s">
         <v>654</v>
       </c>
     </row>
-    <row r="208" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A208" s="8" t="s">
+    <row r="209" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="8" t="s">
         <v>655</v>
-      </c>
-[...15 lines deleted...]
-        <v>659</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>656</v>
       </c>
       <c r="C209" s="19" t="s">
-        <v>68</v>
+        <v>657</v>
       </c>
       <c r="D209" s="19">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A210" s="8" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>656</v>
       </c>
       <c r="C210" s="19" t="s">
-        <v>662</v>
+        <v>68</v>
       </c>
       <c r="D210" s="19">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A211" s="8" t="s">
-        <v>555</v>
+        <v>661</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>656</v>
       </c>
       <c r="C211" s="19" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="D211" s="19">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>4</v>
+      </c>
+      <c r="E211" s="6" t="s">
+        <v>663</v>
       </c>
     </row>
     <row r="212" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A212" s="8" t="s">
-        <v>337</v>
+        <v>555</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="C212" s="19" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D212" s="19">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>7</v>
+      </c>
+      <c r="E212" s="20" t="s">
+        <v>665</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A213" s="8" t="s">
-        <v>669</v>
+        <v>337</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="C213" s="19" t="s">
-        <v>89</v>
+        <v>667</v>
       </c>
       <c r="D213" s="19">
         <v>5</v>
       </c>
       <c r="E213" s="6" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A214" s="8" t="s">
+        <v>669</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="C214" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="D214" s="19">
+        <v>5</v>
+      </c>
+      <c r="E214" s="6" t="s">
         <v>671</v>
       </c>
     </row>
-    <row r="214" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A214" s="9" t="s">
+    <row r="215" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A215" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="B214" s="6" t="s">
+      <c r="B215" s="6" t="s">
         <v>672</v>
       </c>
-      <c r="C214" s="19" t="s">
+      <c r="C215" s="19" t="s">
         <v>673</v>
-      </c>
-[...15 lines deleted...]
-        <v>677</v>
       </c>
       <c r="D215" s="19">
         <v>1</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
     </row>
     <row r="216" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A216" s="8" t="s">
         <v>675</v>
       </c>
       <c r="B216" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C216" s="19" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>677</v>
+      </c>
+      <c r="D216" s="19">
+        <v>1</v>
       </c>
       <c r="E216" s="6" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="217" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A217" s="8" t="s">
         <v>675</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C217" s="19" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>679</v>
+      </c>
+      <c r="D217" s="19" t="s">
+        <v>680</v>
       </c>
       <c r="E217" s="6" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="218" spans="1:5" ht="63" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A218" s="8" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>676</v>
       </c>
-      <c r="C218" s="25" t="s">
-        <v>682</v>
+      <c r="C218" s="19" t="s">
+        <v>161</v>
       </c>
       <c r="D218" s="19">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" ht="63" x14ac:dyDescent="0.25">
       <c r="A219" s="8" t="s">
-        <v>50</v>
+        <v>681</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>676</v>
       </c>
-      <c r="C219" s="19" t="s">
-[...3 lines deleted...]
-        <v>685</v>
+      <c r="C219" s="25" t="s">
+        <v>682</v>
+      </c>
+      <c r="D219" s="19">
+        <v>75</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A220" s="8" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C220" s="19" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>684</v>
+      </c>
+      <c r="D220" s="19" t="s">
+        <v>685</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
     </row>
     <row r="221" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A221" s="8" t="s">
-        <v>307</v>
+        <v>80</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C221" s="19" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="D221" s="19">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A222" s="8" t="s">
-        <v>691</v>
+        <v>307</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C222" s="19" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>689</v>
+      </c>
+      <c r="D222" s="19">
+        <v>87</v>
       </c>
       <c r="E222" s="6" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A223" s="8" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C223" s="19" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>692</v>
+      </c>
+      <c r="D223" s="19" t="s">
+        <v>579</v>
       </c>
       <c r="E223" s="6" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A224" s="8" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C224" s="19" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>695</v>
+      </c>
+      <c r="D224" s="19">
+        <v>9</v>
       </c>
       <c r="E224" s="6" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
     </row>
     <row r="225" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A225" s="8" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C225" s="19" t="s">
-        <v>82</v>
+        <v>698</v>
       </c>
       <c r="D225" s="19" t="s">
-        <v>701</v>
+        <v>296</v>
       </c>
       <c r="E225" s="6" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A226" s="8" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C226" s="19" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>82</v>
+      </c>
+      <c r="D226" s="19" t="s">
+        <v>701</v>
       </c>
       <c r="E226" s="6" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:5" ht="141.75" x14ac:dyDescent="0.25">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A227" s="8" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C227" s="19" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="D227" s="19">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:5" ht="94.5" x14ac:dyDescent="0.25">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A228" s="8" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C228" s="19" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="D228" s="19">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="E228" s="6" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
     </row>
     <row r="229" spans="1:5" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A229" s="8" t="s">
         <v>709</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C229" s="19" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>710</v>
+      </c>
+      <c r="D229" s="19">
+        <v>25</v>
       </c>
       <c r="E229" s="6" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A230" s="8" t="s">
-        <v>669</v>
+        <v>709</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>676</v>
       </c>
-      <c r="C230" s="25" t="s">
-        <v>715</v>
+      <c r="C230" s="19" t="s">
+        <v>712</v>
       </c>
       <c r="D230" s="19" t="s">
-        <v>141</v>
+        <v>713</v>
       </c>
       <c r="E230" s="6" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
     </row>
     <row r="231" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A231" s="8" t="s">
-        <v>717</v>
+        <v>669</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>676</v>
       </c>
-      <c r="C231" s="19" t="s">
-        <v>712</v>
+      <c r="C231" s="25" t="s">
+        <v>715</v>
       </c>
       <c r="D231" s="19" t="s">
-        <v>713</v>
+        <v>141</v>
       </c>
       <c r="E231" s="6" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
     </row>
     <row r="232" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A232" s="8" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C232" s="19" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="D232" s="19" t="s">
-        <v>579</v>
+        <v>713</v>
       </c>
       <c r="E232" s="6" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:5" ht="173.25" x14ac:dyDescent="0.25">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A233" s="8" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="B233" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C233" s="19" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>720</v>
+      </c>
+      <c r="D233" s="19" t="s">
+        <v>579</v>
       </c>
       <c r="E233" s="6" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A234" s="8" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="B234" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C234" s="19" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>406</v>
+      </c>
+      <c r="D234" s="19">
+        <v>21</v>
       </c>
       <c r="E234" s="6" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
     </row>
     <row r="235" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A235" s="8" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C235" s="19" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>725</v>
+      </c>
+      <c r="D235" s="19" t="s">
+        <v>726</v>
       </c>
       <c r="E235" s="6" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
     </row>
     <row r="236" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A236" s="8" t="s">
         <v>728</v>
       </c>
       <c r="B236" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C236" s="19" t="s">
         <v>729</v>
       </c>
-      <c r="D236" s="19" t="s">
-        <v>731</v>
+      <c r="D236" s="19">
+        <v>59</v>
       </c>
       <c r="E236" s="6" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A237" s="8" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C237" s="19" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="D237" s="19" t="s">
-        <v>141</v>
+        <v>731</v>
       </c>
       <c r="E237" s="6" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A238" s="8" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="B238" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C238" s="19" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>734</v>
+      </c>
+      <c r="D238" s="19" t="s">
+        <v>141</v>
       </c>
       <c r="E238" s="6" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A239" s="8" t="s">
-        <v>200</v>
+        <v>736</v>
       </c>
       <c r="B239" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C239" s="19" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="D239" s="19">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="E239" s="6" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A240" s="8" t="s">
-        <v>741</v>
+        <v>200</v>
       </c>
       <c r="B240" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C240" s="19" t="s">
-        <v>720</v>
+        <v>739</v>
       </c>
       <c r="D240" s="19">
-        <v>2</v>
-[...5 lines deleted...]
-    <row r="241" spans="1:5" ht="63" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="E240" s="6" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A241" s="8" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C241" s="19" t="s">
-        <v>744</v>
+        <v>720</v>
       </c>
       <c r="D241" s="19">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>2</v>
+      </c>
+      <c r="E241" s="20" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="242" spans="1:5" ht="63" x14ac:dyDescent="0.25">
-      <c r="A242" s="13" t="s">
-        <v>746</v>
+      <c r="A242" s="8" t="s">
+        <v>743</v>
       </c>
       <c r="B242" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C242" s="19" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>744</v>
+      </c>
+      <c r="D242" s="19">
+        <v>8</v>
       </c>
       <c r="E242" s="6" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" ht="63" x14ac:dyDescent="0.25">
       <c r="A243" s="13" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="B243" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C243" s="19" t="s">
+        <v>747</v>
+      </c>
+      <c r="D243" s="22" t="s">
+        <v>748</v>
+      </c>
+      <c r="E243" s="6" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A244" s="13" t="s">
+        <v>750</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="C244" s="19" t="s">
         <v>751</v>
       </c>
-      <c r="D243" s="19">
+      <c r="D244" s="19">
         <v>4</v>
       </c>
-      <c r="E243" s="20">
+      <c r="E244" s="20">
         <v>572601881</v>
       </c>
     </row>
-    <row r="244" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A244" s="14" t="s">
+    <row r="245" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A245" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="B244" s="19" t="s">
+      <c r="B245" s="19" t="s">
         <v>676</v>
       </c>
-      <c r="C244" s="19" t="s">
+      <c r="C245" s="19" t="s">
         <v>752</v>
       </c>
-      <c r="D244" s="22" t="s">
+      <c r="D245" s="22" t="s">
         <v>753</v>
       </c>
-      <c r="E244" s="19" t="s">
+      <c r="E245" s="19" t="s">
         <v>754</v>
       </c>
     </row>
-    <row r="245" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A245" s="8" t="s">
+    <row r="246" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A246" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="B245" s="6" t="s">
+      <c r="B246" s="6" t="s">
         <v>755</v>
       </c>
-      <c r="C245" s="6" t="s">
+      <c r="C246" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="D245" s="19">
+      <c r="D246" s="19">
         <v>58</v>
       </c>
-      <c r="E245" s="6" t="s">
+      <c r="E246" s="6" t="s">
         <v>756</v>
-      </c>
-[...15 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="247" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A247" s="8" t="s">
-        <v>215</v>
+        <v>757</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C247" s="19" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D247" s="19">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="E247" s="6" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
     </row>
     <row r="248" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A248" s="8" t="s">
-        <v>763</v>
+        <v>215</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C248" s="19" t="s">
-        <v>184</v>
+        <v>761</v>
       </c>
       <c r="D248" s="19">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="E248" s="6" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
     </row>
     <row r="249" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A249" s="8" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B249" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C249" s="19" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>184</v>
+      </c>
+      <c r="D249" s="19">
+        <v>70</v>
       </c>
       <c r="E249" s="6" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
     </row>
     <row r="250" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A250" s="8" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="B250" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C250" s="19" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>766</v>
+      </c>
+      <c r="D250" s="22" t="s">
+        <v>767</v>
       </c>
       <c r="E250" s="6" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A251" s="8" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C251" s="19" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>184</v>
+      </c>
+      <c r="D251" s="19">
+        <v>70</v>
       </c>
       <c r="E251" s="6" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A252" s="8" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B252" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C252" s="19" t="s">
+        <v>471</v>
+      </c>
+      <c r="D252" s="19" t="s">
+        <v>487</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A253" s="8" t="s">
+        <v>773</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>758</v>
+      </c>
+      <c r="C253" s="19" t="s">
         <v>774</v>
       </c>
-      <c r="D252" s="19">
+      <c r="D253" s="19">
         <v>1</v>
       </c>
-      <c r="E252" s="20" t="s">
+      <c r="E253" s="20" t="s">
         <v>775</v>
       </c>
     </row>
-    <row r="253" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A253" s="8" t="s">
+    <row r="254" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A254" s="8" t="s">
         <v>776</v>
-      </c>
-[...15 lines deleted...]
-        <v>780</v>
       </c>
       <c r="B254" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C254" s="19" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>778</v>
+      </c>
+      <c r="D254" s="19">
+        <v>2</v>
       </c>
       <c r="E254" s="6" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
     </row>
     <row r="255" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A255" s="8" t="s">
-        <v>366</v>
+        <v>780</v>
       </c>
       <c r="B255" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C255" s="19" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="D255" s="19" t="s">
-        <v>784</v>
-[...5 lines deleted...]
-    <row r="256" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>579</v>
+      </c>
+      <c r="E255" s="6" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A256" s="8" t="s">
-        <v>786</v>
+        <v>366</v>
       </c>
       <c r="B256" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C256" s="19" t="s">
-        <v>787</v>
-[...8 lines deleted...]
-    <row r="257" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>783</v>
+      </c>
+      <c r="D256" s="19" t="s">
+        <v>784</v>
+      </c>
+      <c r="E256" s="20" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A257" s="8" t="s">
-        <v>348</v>
+        <v>786</v>
       </c>
       <c r="B257" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C257" s="19" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="D257" s="19">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="E257" s="6" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A258" s="8" t="s">
-        <v>791</v>
+        <v>348</v>
       </c>
       <c r="B258" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C258" s="19" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>789</v>
+      </c>
+      <c r="D258" s="19">
+        <v>2</v>
       </c>
       <c r="E258" s="6" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A259" s="8" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="B259" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C259" s="19" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>792</v>
+      </c>
+      <c r="D259" s="19" t="s">
+        <v>252</v>
       </c>
       <c r="E259" s="6" t="s">
-        <v>795</v>
-[...4 lines deleted...]
-        <v>796</v>
+        <v>793</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A260" s="8" t="s">
+        <v>794</v>
       </c>
       <c r="B260" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C260" s="19" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>259</v>
+      </c>
+      <c r="D260" s="19">
+        <v>9</v>
       </c>
       <c r="E260" s="6" t="s">
-        <v>799</v>
-[...4 lines deleted...]
-        <v>69</v>
+        <v>795</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" ht="126" x14ac:dyDescent="0.25">
+      <c r="A261" s="15" t="s">
+        <v>796</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C261" s="19" t="s">
+        <v>797</v>
+      </c>
+      <c r="D261" s="19" t="s">
+        <v>798</v>
+      </c>
+      <c r="E261" s="6" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A262" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="C262" s="19" t="s">
         <v>800</v>
       </c>
-      <c r="D261" s="19">
+      <c r="D262" s="19">
         <v>2</v>
       </c>
-      <c r="E261" s="19" t="s">
+      <c r="E262" s="19" t="s">
         <v>801</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A2:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.140625" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" customWidth="1"/>
     <col min="3" max="3" width="28.28515625" customWidth="1"/>